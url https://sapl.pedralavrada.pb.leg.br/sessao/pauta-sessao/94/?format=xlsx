--- v0 (2025-10-10)
+++ v1 (2026-03-15)
@@ -33,63 +33,63 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="26">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 21 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 21 de 2024</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
     <t>Dispõe sobre a expansão urbana do Município e dá outras providências.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 23 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 23 de 2024</t>
   </si>
   <si>
     <t>Altera a Lei nº 0276, de 14 de dezembro de 2021, norma que dispõe sobre os valores, alíquotas, isenções, reduções, descontos e condições relativas ao pagamento dos tributos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 4 de 2024</t>
   </si>
   <si>
     <t>Mesa Diretora - Mesa Diretora</t>
   </si>
   <si>
     <t>Institui o décimo terceiro salário aos agentes do Poder Executivo e do Poder Legislativo do Município de Pedra Lavrada-PB, os vereadores, o prefeito e o vice-prefeito, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 5 de 2024</t>
   </si>
   <si>
     <t>Weverton Marques</t>
   </si>
   <si>
     <t>RECONHECE AS PESSOAS COM FIBROMIALGIA COMO DEFICIENTES E GARANTIAS DOS MESMOS DIREITOS E IGUALDADE E CONDIÇÕES NO ÂMBITO DO_x000D_
 MUNICÍPIO DE PEDRA LAVRADA –PB.</t>
   </si>
   <si>
     <t>Requerimento nº 43 de 2024</t>