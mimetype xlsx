--- v0 (2025-12-04)
+++ v1 (2026-03-16)
@@ -33,69 +33,69 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="21">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 13 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 13 de 2024</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
     <t>Dispõe sobre: Altera a Lei Municipal nº 0371, de 01 de julho de 2024 e adota outras providências.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 14 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 14 de 2024</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 15 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 15 de 2024</t>
   </si>
   <si>
     <t>Dispõe sobre: a revogação do inciso V do art. 156 Lei Municipal nº 159 de 17 de abril de 2015.</t>
   </si>
   <si>
     <t>Requerimento nº 35 de 2024</t>
   </si>
   <si>
     <t>Marconi Buriti</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PAVIMENTAÇÃO ENTRE AS CASAS DE JUNIOR DO “PISEIRO NO SÍTIO NOVO” E MIGUEL DE LOURENÇO</t>
   </si>
   <si>
     <t>Requerimento nº 36 de 2024</t>
   </si>
   <si>
     <t>Weverton Marques</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA MUNICIPAL DE SAÚDE DESTE MUNICÍPIO, AQUISIÇÃO DE FARDAMENTO PARA OS AGENTES COMUNITÁRIOS DE SAÚDE.</t>
   </si>
 </sst>
 </file>
 
@@ -416,51 +416,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="26.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="34.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="145.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>