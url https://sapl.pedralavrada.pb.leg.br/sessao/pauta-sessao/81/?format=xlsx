--- v0 (2025-10-11)
+++ v1 (2026-03-10)
@@ -33,63 +33,63 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="22">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 10 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 10 de 2024</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 11 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 11 de 2024</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 3 de 2024</t>
   </si>
   <si>
     <t>Gilson Ferreira</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA "VISÃO BRILHANTE", QUE DETERMINA A NECESSIDADE DE REALIZAR EXAMES OFTALMOLÓGICOS PARA ESTUDANTES MATRICULADOS NA REDE PÚBLICA DE ENSINO FUNDAMENTAL NO MUNICÍPIO DE PEDRA LAVRADA.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 11 de 2024</t>
   </si>
   <si>
     <t>Rossana Costa</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LAVRADENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 12 de 2024</t>
   </si>
   <si>
     <t>Requerimento nº 34 de 2024</t>
   </si>