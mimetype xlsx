--- v0 (2025-10-11)
+++ v1 (2026-03-15)
@@ -33,63 +33,63 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="41">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 6 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 6 de 2024</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITOS DA MULHER, DA IGUALDADE RACIAL E LGBTQIAPN+, CRIAÇÃO DO RESPECTIVO FUNDO E REVOGAÇÃO DA LEI Nº 124/2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 7 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 7 de 2024</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à permuta de área de propriedade do Município, na forma que especifica.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 6 de 2024</t>
   </si>
   <si>
     <t>Mariedgena Oliveira</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LAVRADENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 7 de 2024</t>
   </si>
   <si>
     <t>Rossana Costa</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 8 de 2024</t>
   </si>
   <si>
     <t>Requerimento nº 15 de 2024</t>
   </si>