--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -33,63 +33,63 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="36">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 4 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 4 de 2024</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ALTERA A LEI 231 DE 18 DE SETEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 5 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 5 de 2024</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº 0282 DE 14 DE MARÇO DE 2022 PARA FINS DE ADEQUAÇÃO ÀS DISPOSIÇÕES DA LEI MUNICIPAL Nº 186 DE 2016 E ADOTA OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 2 de 2024</t>
   </si>
   <si>
     <t>Rossana Costa</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AUTORIZA O PODER EXECUTIVO A DECLARAR A FESTA DE NOSSA SENHORA DA LUZ COMO PATRIMÔNIO HISTÓRICO, CULTURAL E _x000D_
 IMATERIAL DO MUNÍCIPIO DE PEDRA LAVRADA – PB E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 2 de 2024</t>
   </si>
   <si>
     <t>Gilson Ferreira</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LAVRADENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 3 de 2024</t>