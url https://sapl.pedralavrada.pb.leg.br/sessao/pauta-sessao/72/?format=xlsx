--- v0 (2026-01-21)
+++ v1 (2026-03-15)
@@ -33,63 +33,63 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="16">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 1 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 1 de 2024</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
     <t>ESTABELECE O REAJUSTE E REVISÃO ANUAL DAS REMUNERAÇÕES DOS SERVIDORES PÚBLICOS INTEGRANTES DO QUADRO DE PESSOAL DO PODER EXECUTIVO E O REAJUSTE DOS BENEFÍCIOS PREVIDENCIÁRIOS CONCEDIDOS PELO IPSMPL DE PEDRA LAVRADA/PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
-    <t>Projeto de Lei nº 2 de 2024</t>
+    <t>Projeto de Lei Ordinária nº 2 de 2024</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE SALARIAL ÀS CATEGORIAS FUNCIONAIS DO MAGISTÉRIO MUNICIPAL E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 1 de 2024</t>
   </si>
   <si>
     <t>Mesa Diretora - Mesa Diretora</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ESTABELECE PISO SALARIAL DO QUADRO EFETIVO E COMISSIONADO DO PODER LEGISLATIVO DE PEDRA LAVRADA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>