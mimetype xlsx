--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="976" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1224" uniqueCount="560">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -380,50 +380,83 @@
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PEDRA LAVRADA, PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_028_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição e regulamentação do Serviço Público de Loteria social no âmbito do Município de Pedra Lavrada, Estado da Paraíba, e dá outras providências.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_29_2025_abertura_de_credito_especial.pdf</t>
   </si>
   <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_030_2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Plano Municipal pela Primeira Infância - PMPI de Pedra Lavrada PB, para o período de 2025/2035</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/487/projeto_de_lei_no_031_2025.pdf</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/488/projeto_de_lei_no_032_2025_parcelamento_e_reparcelamento_ipmspl.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o parcelamento e reparcelamento de débitos do Município de PEDRA LAVRADA com seu Regime Próprio de Previdência Social - RPPS, de que tratam os arts. 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, com a redação conferida pela Emenda Constitucional nº 136, de 9 de setembro de 2025.</t>
+  </si>
+  <si>
     <t>346</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/346/pl_legislativo_no_001-2025-_reajustes_salario_minimo_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ESTABELECE PISO SALARIALDO QUADRO EFETIVO E COMISSIONADO DO PODER LEGISLATIVO DE PEDRA LAVRADA – PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Rossana Costa</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_no02-2025_-_rossana_costa.pdf</t>
@@ -558,99 +591,153 @@
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no15-2025_-_natan_dantas.pdf</t>
   </si>
   <si>
     <t>EMENTA: INSTITUI, NO ÂMBITO DO MUNICÍPIO DE PEDRA LAVRADA – PB, A CAMPANHA SETEMBRO AMARELO, DEDICADA À PROMOÇÃO DA SAÚDE MENTAL E À CONSCIENTIZAÇÃO SOBRE A PREVENÇÃO DA AUTOMUTILAÇÃO E DO SUICÍDIO, EM CONFORMIDADE COM A LEI FEDERAL Nº 15.199/2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_no16-2025_-_ian_cordeiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação oficial do cemitério público municipal localizado em Pedra Lavrada – PB, e dá outras providências.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_no17-2025_-_natan_dantas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação oficial de rua no Município de Pedra Lavrada – PB, e dá outras providências.</t>
   </si>
   <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_no18-2025_-_lazaro_nobrega.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade do Poder Executivo Municipal encaminhar à Câmara Municipal relatórios mensais de execução física e financeira de obras públicas em andamento e dá outras providências.</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_no19-2025_-_andrezza_dantas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implantação do Sistema de Cadastro e Mapeamento Digital dos Cemitérios Municipais no Município de Pedra Lavrada – PB, e dá outras providências.</t>
+  </si>
+  <si>
     <t>369</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_decreto_rossana_costa_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Concede Comenda de Honra ao Mérito, e dá outras providências.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>Cariolando Vital</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_decreto_cariolando_vital_no_02-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LAVRADENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_decreto_ian_cordeiro_no_03-2025.pdf</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/433/projeto_de_decreto_no_04-2025_-_natan_dantas.pdf</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/434/projeto_de_decreto_no_05-2025_-_natan_dantas.pdf</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_decreto_no_06-2025_-_ian_cordeiro.pdf</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/468/projeto_de_decreto_no_07-2025_-_natan_dantas.pdf</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_decreto_no_08-2025_-_natan_dantas.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Lavradense, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>José Júnior</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/489/projeto_de_decreto_no_09-2025_-_jose_junio.pdf</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_decreto_no_10-2025_-_jose_junio.pdf</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_decreto_no_11-2025_-_jose_junio.pdf</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/347/projeto_de_resolucao_012025_-_criacao_cargo_camara_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: A CRIAÇÃO DE CARGOS EM COMISSÃO DE DIRETOR ADMINISTRATIVO, DIRETOR DE ARQUIVO, ASSESSOR DE COMUNICAÇÃO E CHEFE DE GABINETE, NO ÂMBITO E ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE PEDRA LAVRADA – PB, BEM COMO ESTABELECE SUAS ATRIBUIÇÕES E COMPETÊNCIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/432/projeto_de_resolucao_no_02-2025_-_identificacao_do_veiculo.pdf</t>
   </si>
   <si>
     <t>ASSUNTO: DISPÕE SOBRE A IDENTIFICAÇÃO DA FROTA DE VEÍCULOS OFICIAIS DO MUNICÍPIO DE PEDRA LAVRADA - PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
@@ -839,53 +926,50 @@
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A ADEQUAÇÃO E AMPLIAÇÃO DA ESTRADA BOA ESPERANÇA PARA A PRÁTICA DE CAMINHADA DIURNA.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_no_20-2025_-_lazaro_nobrega.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CRIAÇÃO DA CONFERÊNCIA MUNICIPAL DE AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_no_21-2025_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A AQUISIÇÃO DE UM NOVO APARELHO DE RAIO-X PARA A UNIDADE MISTA DE SAÚDE DE _x000D_
 PEDRA LAVRADA (UMSPL).</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>José Júnior</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_no_22-2025_-_jose_junior.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do executivo deste município, a instalação de aparelhos de ar-condicionado em todas as enfermarias da unidade mista de saúde de Pedra Lavrada (UMSPL).</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_no_23-2025_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do executivo deste município, que busque parcerias institucionais com órgãos públicos e entidades privadas para fortalecer e ampliar projetos de incentivo à caprinocultura leiteira, beneficiando agricultores familiares da zona rural.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_no_24-2025_-_ian_cordeiro.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A IMPLANTAÇÃO DE UM PLANO MUNICIPAL DE ARBORIZAÇÃO URBANA, VISANDO O PLANEJAMENTO ADEQUADO DA VEGETAÇÃO NAS ÁREAS URBANAS, CONTRIBUINDO COM O EQUILÍBRIO AMBIENTAL E O BEM-ESTAR DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>395</t>
@@ -914,77 +998,68 @@
   <si>
     <t>Solicita ao chefe do Executivo deste município a instalação de iluminação em LED nos portais e principais entradas da cidade de Pedra Lavrada - PB, com o objetivo de valorizar os pontos de acesso urbano, promover segurança e melhorar a estética urbana.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_no_28-2025_-_lazaro_nobrega.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município a criação de um Depósito Municipal de Resíduos de Exumação, bem como a regulamentação de normas para o descarte e manejo desses resíduos, com base nas exigências da vigilância sanitária e da legislação ambiental vigente.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/399/requerimento_no_29-2025_-_lazaro_nobrega.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo a adoção de sistema obrigatório de controle de frequência para todos os servidores públicos da administração municipal.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/400/requerimento_no_30-2025_-_ian_cordeiro.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município a aquisição de uma ensiladeira, com o objetivo de apoiar a produção de silagem e fortalecer a agricultura familiar em Pedra Lavrada - PB.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>31</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/402/requerimento_no_31-2025_-_natan_dantas.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município a instalação de um redutor de velocidade na Rua Genuíno Pereira, especificamente no trecho em frente à residência da senhora Nadir, visando a segurança viária e o bem-estar dos moradores da localidade.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>32</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_no_32-2025_-_natan_dantas.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município a instalação de lixeiras fixas personalizadas nas principais ruas, avenidas e espaços públicos da cidade, como forma de incentivar o descarte adequado de resíduos e promover a limpeza urbana.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_no_33-2025_-_cariolando_vital.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município a construção de dois redutores de velocidade (quebra-molas) na comunidade de Cafundó, visando à segurança dos moradores e à redução de acidentes.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_no_34-2025_-_lazaro_nobrega.pdf</t>
@@ -1308,99 +1383,348 @@
     <t>Solicita ao chefe do Executivo deste município bem como ao Secretário de Infraestrutura, a pavimentação da estrada próxima à residência do senhor Chico Gago, até o trevo que dá acesso aos sítios Malhada dos Frades e Cabeça de Vaca.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_no_061-2025_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município bem como ao Secretário de Infraestrutura, a realização de obras de pavimentação em diversas ruas do perímetro urbano de Pedra Lavrada - PB.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_no_062-2025_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município bem como à Secretária Municipal de Educação, a criação de uma Linha Estudantil Urbana para transporte de alunos no perímetro urbano de Pedra Lavrada - PB.</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_no_063-2025_-_marconi_buriti.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, que busque junto à Companhia de Água e Esgotos da Paraíba (CAGEPA) a implantação de rede de abastecimento de água encanada nas comunidades de Sítio Canoa de Dentro e Sítio Cordeiro.</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_no_064-2025_-_andrezza_dantas.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município bem como à Secretaria de Educação, a construção de quadras de areia nas escolas Marildes do Socorro Lucena Cordeiro, Rita Sampaio Meira e Santa Ana Albuquerque, destinadas à prática de esportes de areia.</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_no_065-2025_-_natan_dantas.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, a construção de uma praça de eventos com pista de atletismo no terreno do Estádio Municipal Afonso Cordeiro Agra.</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_no_066-2025_-_lazaro_nobrega.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município bem como ao Secretário de Cultura, Turismo e Juventude, a elaboração e implementação do projeto “Memória Viva de Pedra Lavrada – História Contada Pelos que Partiram”.</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_no_067-2025_-_ian_cordeiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município bem como ao Secretário de Infraestrutura, a recuperação da estrutura da Lagoa dos Campinhos.</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_no_068-2025_-_ian_cordeiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, a estruturação do Complexo Arqueológico do Canta Galo.</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_no_069-2025_-_ian_cordeiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, apoio para a prática do futmesa no município de Pedra Lavrada.</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_no_070-2025_-_natan_dantas.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município bem como ao Secretário de Infraestrutura, a revitalização dos equipamentos de exercício físico e do totem de identificação da Praça Manoel Fernandes.</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_no_071-2025_-_natan_dantas.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município bem como ao Secretário de Infraestrutura, a ornamentação de arranjos natalinos nas principais avenidas da cidade e na Praça Eugênio de Vasconcelos.</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_072-2025_-_andrezza_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, a concessão de gratificação aos conselheiros tutelares do município de Pedra Lavrada - PB.</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_no_073-2025_-_ian_cordeiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, Inclusão e atuação dos Bombeiros Civis nas instituições municipais</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_no_074-2025_-_ian_cordeiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, a retirada, com urgência, da caixa d’água localizada na Rua Leodegário Cordeiro, em razão do risco iminente de desabamento e dos perigos que a estrutura oferece aos moradores e transeuntes da localidade.</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_no_075-2025_-_ian_cordeiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, a criação de um Viveiro Público de Mudas da Caatinga, destinado à produção, preservação e distribuição de espécies nativas para reflorestamento, arborização urbana e ações educativas ambientais.</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_no_076-2025_-_lazaro_nobrega.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, a criação, por meio de Projeto de Lei, do Programa Bolsa Atleta Municipal de Pedra Lavrada, com o objetivo de incentivar e apoiar financeiramente atletas e paratletas que representam o município em competições esportivas oficiais nos níveis municipal, regional, estadual e nacional.</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_077__anexo_do_pl_-_rossana.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, o envio a esta Casa Legislativa de Projeto de Lei que institua o Programa Escolhi Esperar no município de Pedra Lavrada – PB, voltado à conscientização e prevenção da gravidez precoce na adolescência, conforme proposta apresentada em anexo.</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_078__anexo_do_pl_-_rossana.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, o encaminhamento de Projeto de Lei, conforme minuta apresentada em anexo, que autoriza a criação do Programa Teatro Jovens Talentos no município de Pedra Lavrada – PB.</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_no_079-2025_-_ian_cordeiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, a criação do Programa Municipal de Formação em Beneficiamento de Minerais e Rochas, destinado à qualificação de jovens e trabalhadores no setor mineral.</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_no_080-2025_-_ian_cordeiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, a construção do Centro Cultural Municipal, com Biblioteca, Sala de Artesanato, Museu, Auditório e Estrutura Multicultural.</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_no_081-2025_-_ian_cordeiro.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao chefe do Executivo deste município, bem como à Secretária Municipal de Educação, a inclusão de Feiras de Ciências nas escolas da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_no_082-2025_-_andrezza_dantas.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Departamento de Estradas de Rodagem da Paraíba (DER-PB) a colocação de duas lombadas (quebra-molas) e placas sinalizadoras na Rodovia PB-167, no trecho entre Sossego/PB e Cubati/PB.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/350/projeto_de_lei_de_emenda_a_lei_organica_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Insere e altera dispositivos à Lei Orgânica do Município com o objetivo de adequar o Regime Próprio de Previdência Social do Município de Pedra Lavrada às regras impostas pela Emenda Constitucional nº 103, de 12 de novembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/354/mocao_de_aplausos_01-2025_-_natan_dantas.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos jovens Atletas de Pedra Lavrada, da equipe Desportiva Picuiense. Allan Carlos Macedo Cordeiro, Kaike Victor Dias Lima, Jhonnes _x000D_
 William de Almeida Melo. Pedra Lavrada – Paraíba</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/389/mocao_de_aplausos_02-2025_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à servidora Jerula Ruth</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/450/mocao_de_aplausos_03-2025_-_natan_dantas.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao advogado Thomás Mendes</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/496/mocao_de_aplausos_04-2025_-_gilson_ferreira.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos à Equipe Filhos de Pedra</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>REQ.V</t>
   </si>
   <si>
     <t>Requerimento Verbal</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município, a construção de uma nova Unidade Básica de Saúde (UBS) na comunidade de Tanquinhos, tendo em vista que a atual UBS encontra-se defasada, com sua estrutura comprometida e insuficiente para atender às necessidades da população local.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1719,56 +2043,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/343/projeto_de_lei_001_2025_reajuste_e_revisao_anual_das_remuneracoes_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/344/projeto_de_lei_02_2025_reajuste_salarial_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/345/projeto_de_lei_03_2025_estrutura_administativa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/348/projeto_de_lei_004_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/349/projeto_de_lei_005_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_06_2025_abertura_de_credito_adicional_especial_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_07_2025_abertura_de_credito_adicional_especial_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_lei_08_2025_abertura_de_credito_adicional_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_09_2025_institui_o_incentivo_financeiro_componente_de_qualidade_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/378/projeto_de_lei_10_2025_altera_a_lei_0370_de_21_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_11_2025_abertura_de_credito_especial_ao_orcamento_2025_c_populares.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/386/projeto_de_lei_12_2025_diretrizes_para_elaboracao_da_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_014_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/404/projeto_de_lei_015_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/405/projeto_de_lei_016_2025_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/406/projeto_de_lei_017_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_018_2025_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_019_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_no_020_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_021_2025_cessao_de_uso_escola_serrote.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_lei_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_023_2025_abertura_de_credito_especial_ao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_024_2025_abertura_de_credito_especial_ao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_025_2025_m_ambiente_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_0262025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_027_2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_028_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_29_2025_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/346/pl_legislativo_no_001-2025-_reajustes_salario_minimo_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_no02-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_no03-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_no04-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_no05-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_no06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_lei_no07-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_no08-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/407/projeto_de_lei_no09-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_no10-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_no11-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_no12-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/430/projeto_de_lei_no13-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/431/projeto_de_lei_no14-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no15-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_no16-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_no17-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_decreto_rossana_costa_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_decreto_cariolando_vital_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_decreto_ian_cordeiro_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/433/projeto_de_decreto_no_04-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/434/projeto_de_decreto_no_05-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_decreto_no_06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/347/projeto_de_resolucao_012025_-_criacao_cargo_camara_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/432/projeto_de_resolucao_no_02-2025_-_identificacao_do_veiculo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_no_01-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_no_02-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/357/requerimento_no_03-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_04-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_05-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_no_06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_07-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_no_08-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_no_09-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_no_10-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/366/requerimento_no_11-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_no_12-2025_-_cariolando_vital.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_no_13-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/374/requerimento_no_14-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_15-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_no_16-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_no_17-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_18-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_no_20-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_no_20-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_no_21-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_no_22-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_no_23-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_no_24-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_no_25-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/396/requerimento_no_26-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/397/requerimento_no_27-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_no_28-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/399/requerimento_no_29-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/400/requerimento_no_30-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/402/requerimento_no_31-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_no_32-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_no_33-2025_-_cariolando_vital.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_no_34-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_no_35-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/411/requerimento_no_36-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_no_37-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/413/requerimentos_n_38-_2025_lazaro_.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/417/requerimentos_no_039_-2025_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/418/requerimento_no_40-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_no_041-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_no_042-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_no_043-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_no_044-2025_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/436/requerimento_no_045-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_no_046-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_047-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_no_048-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_no_049-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_no_050-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_no_051-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_no_052-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_no_053-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_no_054-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_no_055-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/448/requerimento_no_056-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/449/requerimento_no_057-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_no_058-2025_-_ian_cordeiro_-_subscricao_natan_e_junio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_no_059-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento_no_060-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_no_061-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_no_062-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/350/projeto_de_lei_de_emenda_a_lei_organica_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/354/mocao_de_aplausos_01-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/389/mocao_de_aplausos_02-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/450/mocao_de_aplausos_03-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/343/projeto_de_lei_001_2025_reajuste_e_revisao_anual_das_remuneracoes_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/344/projeto_de_lei_02_2025_reajuste_salarial_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/345/projeto_de_lei_03_2025_estrutura_administativa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/348/projeto_de_lei_004_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/349/projeto_de_lei_005_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_06_2025_abertura_de_credito_adicional_especial_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_07_2025_abertura_de_credito_adicional_especial_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_lei_08_2025_abertura_de_credito_adicional_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_09_2025_institui_o_incentivo_financeiro_componente_de_qualidade_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/378/projeto_de_lei_10_2025_altera_a_lei_0370_de_21_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_11_2025_abertura_de_credito_especial_ao_orcamento_2025_c_populares.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/386/projeto_de_lei_12_2025_diretrizes_para_elaboracao_da_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_014_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/404/projeto_de_lei_015_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/405/projeto_de_lei_016_2025_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/406/projeto_de_lei_017_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_018_2025_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_019_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_no_020_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_021_2025_cessao_de_uso_escola_serrote.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_lei_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_023_2025_abertura_de_credito_especial_ao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_024_2025_abertura_de_credito_especial_ao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_025_2025_m_ambiente_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_0262025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_027_2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_028_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_29_2025_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_030_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/487/projeto_de_lei_no_031_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/488/projeto_de_lei_no_032_2025_parcelamento_e_reparcelamento_ipmspl.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/346/pl_legislativo_no_001-2025-_reajustes_salario_minimo_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_no02-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_no03-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_no04-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_no05-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_no06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_lei_no07-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_no08-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/407/projeto_de_lei_no09-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_no10-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_no11-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_no12-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/430/projeto_de_lei_no13-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/431/projeto_de_lei_no14-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no15-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_no16-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_no17-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_no18-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_no19-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_decreto_rossana_costa_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_decreto_cariolando_vital_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_decreto_ian_cordeiro_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/433/projeto_de_decreto_no_04-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/434/projeto_de_decreto_no_05-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_decreto_no_06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/468/projeto_de_decreto_no_07-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_decreto_no_08-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/489/projeto_de_decreto_no_09-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_decreto_no_10-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_decreto_no_11-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/347/projeto_de_resolucao_012025_-_criacao_cargo_camara_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/432/projeto_de_resolucao_no_02-2025_-_identificacao_do_veiculo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_no_01-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_no_02-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/357/requerimento_no_03-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_04-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_05-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_no_06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_07-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_no_08-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_no_09-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_no_10-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/366/requerimento_no_11-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_no_12-2025_-_cariolando_vital.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_no_13-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/374/requerimento_no_14-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_15-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_no_16-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_no_17-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_18-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_no_20-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_no_20-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_no_21-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_no_22-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_no_23-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_no_24-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_no_25-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/396/requerimento_no_26-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/397/requerimento_no_27-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_no_28-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/399/requerimento_no_29-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/400/requerimento_no_30-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/402/requerimento_no_31-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_no_32-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_no_33-2025_-_cariolando_vital.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_no_34-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_no_35-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/411/requerimento_no_36-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_no_37-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/413/requerimentos_n_38-_2025_lazaro_.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/417/requerimentos_no_039_-2025_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/418/requerimento_no_40-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_no_041-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_no_042-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_no_043-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_no_044-2025_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/436/requerimento_no_045-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_no_046-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_047-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_no_048-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_no_049-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_no_050-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_no_051-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_no_052-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_no_053-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_no_054-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_no_055-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/448/requerimento_no_056-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/449/requerimento_no_057-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_no_058-2025_-_ian_cordeiro_-_subscricao_natan_e_junio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_no_059-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento_no_060-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_no_061-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_no_062-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_no_063-2025_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_no_064-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_no_065-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_no_066-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_no_067-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_no_068-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_no_069-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_no_070-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_no_071-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_072-2025_-_andrezza_oliveira.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_no_073-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_no_074-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_no_075-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_no_076-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_077__anexo_do_pl_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_078__anexo_do_pl_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_no_079-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_no_080-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_no_081-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_no_082-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/350/projeto_de_lei_de_emenda_a_lei_organica_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/354/mocao_de_aplausos_01-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/389/mocao_de_aplausos_02-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/450/mocao_de_aplausos_03-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/496/mocao_de_aplausos_04-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H122"/>
+  <dimension ref="A1:H153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="158.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2528,2432 +2852,3238 @@
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>121</v>
       </c>
       <c r="H30" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>122</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="D31" t="s">
-        <v>123</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="F31" t="s">
+      <c r="H31" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>126</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>127</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="B32" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H32" t="s">
-        <v>131</v>
+        <v>53</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>129</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>130</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H33" t="s">
         <v>132</v>
-      </c>
-[...19 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>133</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" t="s">
+        <v>134</v>
+      </c>
+      <c r="E34" t="s">
         <v>135</v>
-      </c>
-[...10 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F34" t="s">
         <v>136</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>137</v>
       </c>
       <c r="H34" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>139</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D35" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E35" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F35" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H35" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D36" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E36" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F36" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H36" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>146</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D37" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E37" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F37" t="s">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H37" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="D38" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E38" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F38" t="s">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>151</v>
       </c>
       <c r="H38" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>153</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D39" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E39" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F39" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H39" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="D40" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E40" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F40" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H40" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="D41" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E41" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F41" t="s">
-        <v>136</v>
+        <v>161</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H41" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="D42" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E42" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F42" t="s">
-        <v>136</v>
+        <v>154</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="H42" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="D43" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E43" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F43" t="s">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="H43" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="D44" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E44" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F44" t="s">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H44" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="D45" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E45" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F45" t="s">
-        <v>172</v>
+        <v>147</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H45" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="D46" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E46" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F46" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H46" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="D47" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="E47" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="F47" t="s">
-        <v>172</v>
+        <v>140</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H47" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="D48" t="s">
-        <v>182</v>
+        <v>134</v>
       </c>
       <c r="E48" t="s">
+        <v>135</v>
+      </c>
+      <c r="F48" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>184</v>
       </c>
       <c r="H48" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>186</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="D49" t="s">
-        <v>182</v>
+        <v>134</v>
       </c>
       <c r="E49" t="s">
-        <v>183</v>
+        <v>135</v>
       </c>
       <c r="F49" t="s">
+        <v>154</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>189</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>74</v>
+      </c>
+      <c r="D50" t="s">
+        <v>134</v>
+      </c>
+      <c r="E50" t="s">
+        <v>135</v>
+      </c>
+      <c r="F50" t="s">
+        <v>183</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B50" t="s">
-[...14 lines deleted...]
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>192</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
       <c r="D51" t="s">
-        <v>182</v>
+        <v>134</v>
       </c>
       <c r="E51" t="s">
-        <v>183</v>
+        <v>135</v>
       </c>
       <c r="F51" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>193</v>
       </c>
       <c r="H51" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="D52" t="s">
-        <v>182</v>
+        <v>134</v>
       </c>
       <c r="E52" t="s">
-        <v>183</v>
+        <v>135</v>
       </c>
       <c r="F52" t="s">
-        <v>172</v>
+        <v>147</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H52" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>182</v>
+        <v>199</v>
       </c>
       <c r="E53" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="F53" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="H53" t="s">
-        <v>189</v>
+        <v>202</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D54" t="s">
         <v>199</v>
       </c>
       <c r="E54" t="s">
         <v>200</v>
       </c>
       <c r="F54" t="s">
-        <v>125</v>
+        <v>204</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="H54" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D55" t="s">
         <v>199</v>
       </c>
       <c r="E55" t="s">
         <v>200</v>
       </c>
       <c r="F55" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="H55" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D56" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="E56" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="F56" t="s">
-        <v>209</v>
+        <v>183</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>210</v>
       </c>
       <c r="H56" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>211</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>29</v>
+      </c>
+      <c r="D57" t="s">
+        <v>199</v>
+      </c>
+      <c r="E57" t="s">
+        <v>200</v>
+      </c>
+      <c r="F57" t="s">
+        <v>183</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B57" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H57" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="D58" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="E58" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="F58" t="s">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="H58" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D59" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="E59" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="F59" t="s">
-        <v>129</v>
+        <v>183</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="H59" t="s">
-        <v>220</v>
+        <v>206</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="D60" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="E60" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="F60" t="s">
-        <v>143</v>
+        <v>183</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="H60" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="D61" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="E61" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="F61" t="s">
-        <v>143</v>
+        <v>221</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="H61" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="D62" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="E62" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="F62" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="H62" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="D63" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="E63" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="F63" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="H63" t="s">
-        <v>232</v>
+        <v>219</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="E64" t="s">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="F64" t="s">
         <v>136</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="H64" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="D65" t="s">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="E65" t="s">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="F65" t="s">
-        <v>237</v>
+        <v>136</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="H65" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>235</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>10</v>
+      </c>
+      <c r="D66" t="s">
+        <v>236</v>
+      </c>
+      <c r="E66" t="s">
+        <v>237</v>
+      </c>
+      <c r="F66" t="s">
+        <v>238</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H66" t="s">
         <v>240</v>
-      </c>
-[...19 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>241</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>17</v>
+      </c>
+      <c r="D67" t="s">
+        <v>236</v>
+      </c>
+      <c r="E67" t="s">
+        <v>237</v>
+      </c>
+      <c r="F67" t="s">
+        <v>147</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H67" t="s">
         <v>243</v>
-      </c>
-[...19 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>244</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>21</v>
+      </c>
+      <c r="D68" t="s">
+        <v>236</v>
+      </c>
+      <c r="E68" t="s">
+        <v>237</v>
+      </c>
+      <c r="F68" t="s">
+        <v>140</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H68" t="s">
         <v>246</v>
-      </c>
-[...19 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>247</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>25</v>
+      </c>
+      <c r="D69" t="s">
+        <v>236</v>
+      </c>
+      <c r="E69" t="s">
+        <v>237</v>
+      </c>
+      <c r="F69" t="s">
+        <v>140</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H69" t="s">
         <v>249</v>
-      </c>
-[...19 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>250</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>29</v>
+      </c>
+      <c r="D70" t="s">
+        <v>236</v>
+      </c>
+      <c r="E70" t="s">
+        <v>237</v>
+      </c>
+      <c r="F70" t="s">
+        <v>154</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H70" t="s">
         <v>252</v>
-      </c>
-[...19 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>253</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>33</v>
+      </c>
+      <c r="D71" t="s">
+        <v>236</v>
+      </c>
+      <c r="E71" t="s">
+        <v>237</v>
+      </c>
+      <c r="F71" t="s">
+        <v>154</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H71" t="s">
         <v>255</v>
-      </c>
-[...19 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>256</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>37</v>
+      </c>
+      <c r="D72" t="s">
+        <v>236</v>
+      </c>
+      <c r="E72" t="s">
+        <v>237</v>
+      </c>
+      <c r="F72" t="s">
+        <v>183</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H72" t="s">
         <v>258</v>
-      </c>
-[...19 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>259</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>40</v>
+      </c>
+      <c r="D73" t="s">
+        <v>236</v>
+      </c>
+      <c r="E73" t="s">
+        <v>237</v>
+      </c>
+      <c r="F73" t="s">
+        <v>183</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H73" t="s">
         <v>261</v>
-      </c>
-[...19 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>262</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>43</v>
+      </c>
+      <c r="D74" t="s">
+        <v>236</v>
+      </c>
+      <c r="E74" t="s">
+        <v>237</v>
+      </c>
+      <c r="F74" t="s">
+        <v>147</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H74" t="s">
         <v>264</v>
-      </c>
-[...19 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>265</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>47</v>
+      </c>
+      <c r="D75" t="s">
+        <v>236</v>
+      </c>
+      <c r="E75" t="s">
+        <v>237</v>
+      </c>
+      <c r="F75" t="s">
+        <v>266</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="B75" t="s">
-[...14 lines deleted...]
-      <c r="G75" s="1" t="s">
+      <c r="H75" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>269</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>51</v>
+      </c>
+      <c r="D76" t="s">
+        <v>236</v>
+      </c>
+      <c r="E76" t="s">
+        <v>237</v>
+      </c>
+      <c r="F76" t="s">
+        <v>140</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="B76" t="s">
-[...14 lines deleted...]
-      <c r="G76" s="1" t="s">
+      <c r="H76" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>272</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>55</v>
+      </c>
+      <c r="D77" t="s">
+        <v>236</v>
+      </c>
+      <c r="E77" t="s">
+        <v>237</v>
+      </c>
+      <c r="F77" t="s">
+        <v>204</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="B77" t="s">
-[...11 lines deleted...]
-      <c r="F77" t="s">
+      <c r="H77" t="s">
         <v>274</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>275</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>59</v>
+      </c>
+      <c r="D78" t="s">
+        <v>236</v>
+      </c>
+      <c r="E78" t="s">
+        <v>237</v>
+      </c>
+      <c r="F78" t="s">
+        <v>147</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H78" t="s">
         <v>277</v>
-      </c>
-[...19 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>278</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>63</v>
+      </c>
+      <c r="D79" t="s">
+        <v>236</v>
+      </c>
+      <c r="E79" t="s">
+        <v>237</v>
+      </c>
+      <c r="F79" t="s">
+        <v>140</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H79" t="s">
         <v>280</v>
-      </c>
-[...19 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>281</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>67</v>
+      </c>
+      <c r="D80" t="s">
+        <v>236</v>
+      </c>
+      <c r="E80" t="s">
+        <v>237</v>
+      </c>
+      <c r="F80" t="s">
+        <v>161</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H80" t="s">
         <v>283</v>
-      </c>
-[...19 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>284</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>71</v>
+      </c>
+      <c r="D81" t="s">
+        <v>236</v>
+      </c>
+      <c r="E81" t="s">
+        <v>237</v>
+      </c>
+      <c r="F81" t="s">
+        <v>266</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H81" t="s">
         <v>286</v>
-      </c>
-[...19 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>287</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>74</v>
+      </c>
+      <c r="D82" t="s">
+        <v>236</v>
+      </c>
+      <c r="E82" t="s">
+        <v>237</v>
+      </c>
+      <c r="F82" t="s">
+        <v>147</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H82" t="s">
         <v>289</v>
-      </c>
-[...19 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>290</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>78</v>
+      </c>
+      <c r="D83" t="s">
+        <v>236</v>
+      </c>
+      <c r="E83" t="s">
+        <v>237</v>
+      </c>
+      <c r="F83" t="s">
+        <v>183</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H83" t="s">
         <v>292</v>
-      </c>
-[...19 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>293</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>82</v>
+      </c>
+      <c r="D84" t="s">
+        <v>236</v>
+      </c>
+      <c r="E84" t="s">
+        <v>237</v>
+      </c>
+      <c r="F84" t="s">
+        <v>183</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H84" t="s">
         <v>295</v>
-      </c>
-[...19 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>296</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>85</v>
+      </c>
+      <c r="D85" t="s">
+        <v>236</v>
+      </c>
+      <c r="E85" t="s">
+        <v>237</v>
+      </c>
+      <c r="F85" t="s">
+        <v>161</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H85" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>303</v>
+        <v>89</v>
       </c>
       <c r="D86" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E86" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F86" t="s">
-        <v>172</v>
+        <v>140</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="H86" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>307</v>
+        <v>93</v>
       </c>
       <c r="D87" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E87" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F87" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="H87" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>311</v>
+        <v>97</v>
       </c>
       <c r="D88" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E88" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F88" t="s">
-        <v>187</v>
+        <v>266</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="H88" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>315</v>
+        <v>100</v>
       </c>
       <c r="D89" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E89" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F89" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="H89" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>319</v>
+        <v>104</v>
       </c>
       <c r="D90" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E90" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F90" t="s">
-        <v>274</v>
+        <v>140</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="H90" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>323</v>
+        <v>108</v>
       </c>
       <c r="D91" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E91" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F91" t="s">
-        <v>274</v>
+        <v>147</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="H91" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>327</v>
+        <v>112</v>
       </c>
       <c r="D92" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E92" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F92" t="s">
-        <v>172</v>
+        <v>266</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="H92" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>331</v>
+        <v>116</v>
       </c>
       <c r="D93" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E93" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F93" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="H93" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>334</v>
+        <v>323</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>335</v>
+        <v>120</v>
       </c>
       <c r="D94" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E94" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F94" t="s">
-        <v>136</v>
+        <v>161</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="H94" t="s">
-        <v>337</v>
+        <v>325</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>338</v>
+        <v>326</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>339</v>
+        <v>123</v>
       </c>
       <c r="D95" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E95" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F95" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>340</v>
+        <v>327</v>
       </c>
       <c r="H95" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>342</v>
+        <v>329</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>343</v>
+        <v>127</v>
       </c>
       <c r="D96" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E96" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F96" t="s">
-        <v>143</v>
+        <v>183</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>344</v>
+        <v>330</v>
       </c>
       <c r="H96" t="s">
-        <v>345</v>
+        <v>331</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>347</v>
+        <v>130</v>
       </c>
       <c r="D97" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E97" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F97" t="s">
-        <v>143</v>
+        <v>183</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>348</v>
+        <v>333</v>
       </c>
       <c r="H97" t="s">
-        <v>349</v>
+        <v>334</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>350</v>
+        <v>335</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>351</v>
+        <v>336</v>
       </c>
       <c r="D98" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E98" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F98" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
       <c r="H98" t="s">
-        <v>353</v>
+        <v>338</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>354</v>
+        <v>339</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>355</v>
+        <v>340</v>
       </c>
       <c r="D99" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E99" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F99" t="s">
-        <v>356</v>
+        <v>161</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>357</v>
+        <v>341</v>
       </c>
       <c r="H99" t="s">
-        <v>358</v>
+        <v>342</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>359</v>
+        <v>343</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>360</v>
+        <v>344</v>
       </c>
       <c r="D100" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E100" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F100" t="s">
-        <v>143</v>
+        <v>221</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>361</v>
+        <v>345</v>
       </c>
       <c r="H100" t="s">
-        <v>362</v>
+        <v>346</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>363</v>
+        <v>347</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>364</v>
+        <v>348</v>
       </c>
       <c r="D101" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E101" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F101" t="s">
-        <v>143</v>
+        <v>221</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
       <c r="H101" t="s">
-        <v>366</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>367</v>
+        <v>351</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>368</v>
+        <v>352</v>
       </c>
       <c r="D102" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E102" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F102" t="s">
-        <v>129</v>
+        <v>183</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>369</v>
+        <v>353</v>
       </c>
       <c r="H102" t="s">
-        <v>370</v>
+        <v>354</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>372</v>
+        <v>356</v>
       </c>
       <c r="D103" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E103" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F103" t="s">
-        <v>143</v>
+        <v>161</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>373</v>
+        <v>357</v>
       </c>
       <c r="H103" t="s">
-        <v>374</v>
+        <v>358</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>375</v>
+        <v>359</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="D104" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E104" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F104" t="s">
-        <v>237</v>
+        <v>147</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>377</v>
+        <v>361</v>
       </c>
       <c r="H104" t="s">
-        <v>378</v>
+        <v>362</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="D105" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E105" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F105" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="H105" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>383</v>
+        <v>367</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>384</v>
+        <v>368</v>
       </c>
       <c r="D106" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E106" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F106" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="H106" t="s">
-        <v>386</v>
+        <v>370</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>387</v>
+        <v>371</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>388</v>
+        <v>372</v>
       </c>
       <c r="D107" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E107" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F107" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>389</v>
+        <v>373</v>
       </c>
       <c r="H107" t="s">
-        <v>390</v>
+        <v>374</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>391</v>
+        <v>375</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>392</v>
+        <v>376</v>
       </c>
       <c r="D108" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E108" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F108" t="s">
-        <v>136</v>
+        <v>183</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>393</v>
+        <v>377</v>
       </c>
       <c r="H108" t="s">
-        <v>394</v>
+        <v>378</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>395</v>
+        <v>379</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>396</v>
+        <v>380</v>
       </c>
       <c r="D109" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E109" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F109" t="s">
-        <v>172</v>
+        <v>381</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>397</v>
+        <v>382</v>
       </c>
       <c r="H109" t="s">
-        <v>398</v>
+        <v>383</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>399</v>
+        <v>384</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>400</v>
+        <v>385</v>
       </c>
       <c r="D110" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E110" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F110" t="s">
-        <v>274</v>
+        <v>154</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>401</v>
+        <v>386</v>
       </c>
       <c r="H110" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>403</v>
+        <v>388</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>404</v>
+        <v>389</v>
       </c>
       <c r="D111" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E111" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F111" t="s">
-        <v>274</v>
+        <v>154</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>405</v>
+        <v>390</v>
       </c>
       <c r="H111" t="s">
-        <v>406</v>
+        <v>391</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>407</v>
+        <v>392</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>408</v>
+        <v>393</v>
       </c>
       <c r="D112" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E112" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F112" t="s">
-        <v>274</v>
+        <v>140</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>409</v>
+        <v>394</v>
       </c>
       <c r="H112" t="s">
-        <v>410</v>
+        <v>395</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>411</v>
+        <v>396</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>412</v>
+        <v>397</v>
       </c>
       <c r="D113" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E113" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F113" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="H113" t="s">
-        <v>414</v>
+        <v>399</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>415</v>
+        <v>400</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>416</v>
+        <v>401</v>
       </c>
       <c r="D114" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E114" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F114" t="s">
-        <v>172</v>
+        <v>266</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>417</v>
+        <v>402</v>
       </c>
       <c r="H114" t="s">
-        <v>418</v>
+        <v>403</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>419</v>
+        <v>404</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>420</v>
+        <v>405</v>
       </c>
       <c r="D115" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E115" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F115" t="s">
-        <v>237</v>
+        <v>161</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>421</v>
+        <v>406</v>
       </c>
       <c r="H115" t="s">
-        <v>422</v>
+        <v>407</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>423</v>
+        <v>408</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>424</v>
+        <v>409</v>
       </c>
       <c r="D116" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E116" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F116" t="s">
-        <v>237</v>
+        <v>161</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="H116" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>427</v>
+        <v>412</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>428</v>
+        <v>413</v>
       </c>
       <c r="D117" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="E117" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="F117" t="s">
-        <v>136</v>
+        <v>161</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>429</v>
+        <v>414</v>
       </c>
       <c r="H117" t="s">
-        <v>430</v>
+        <v>415</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>431</v>
+        <v>416</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>10</v>
+        <v>417</v>
       </c>
       <c r="D118" t="s">
-        <v>432</v>
+        <v>236</v>
       </c>
       <c r="E118" t="s">
-        <v>433</v>
+        <v>237</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>147</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>434</v>
+        <v>418</v>
       </c>
       <c r="H118" t="s">
-        <v>435</v>
+        <v>419</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>436</v>
+        <v>420</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>10</v>
+        <v>421</v>
       </c>
       <c r="D119" t="s">
-        <v>437</v>
+        <v>236</v>
       </c>
       <c r="E119" t="s">
-        <v>438</v>
+        <v>237</v>
       </c>
       <c r="F119" t="s">
-        <v>172</v>
+        <v>183</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>439</v>
+        <v>422</v>
       </c>
       <c r="H119" t="s">
-        <v>440</v>
+        <v>423</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>17</v>
+        <v>425</v>
       </c>
       <c r="D120" t="s">
-        <v>437</v>
+        <v>236</v>
       </c>
       <c r="E120" t="s">
-        <v>438</v>
+        <v>237</v>
       </c>
       <c r="F120" t="s">
-        <v>237</v>
+        <v>221</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>442</v>
+        <v>426</v>
       </c>
       <c r="H120" t="s">
-        <v>443</v>
+        <v>427</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>444</v>
+        <v>428</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>21</v>
+        <v>429</v>
       </c>
       <c r="D121" t="s">
-        <v>437</v>
+        <v>236</v>
       </c>
       <c r="E121" t="s">
-        <v>438</v>
+        <v>237</v>
       </c>
       <c r="F121" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>445</v>
+        <v>430</v>
       </c>
       <c r="H121" t="s">
-        <v>446</v>
+        <v>431</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>432</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>433</v>
+      </c>
+      <c r="D122" t="s">
+        <v>236</v>
+      </c>
+      <c r="E122" t="s">
+        <v>237</v>
+      </c>
+      <c r="F122" t="s">
+        <v>221</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H122" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>436</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>437</v>
+      </c>
+      <c r="D123" t="s">
+        <v>236</v>
+      </c>
+      <c r="E123" t="s">
+        <v>237</v>
+      </c>
+      <c r="F123" t="s">
+        <v>154</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H123" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>440</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>441</v>
+      </c>
+      <c r="D124" t="s">
+        <v>236</v>
+      </c>
+      <c r="E124" t="s">
+        <v>237</v>
+      </c>
+      <c r="F124" t="s">
+        <v>183</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H124" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>444</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>445</v>
+      </c>
+      <c r="D125" t="s">
+        <v>236</v>
+      </c>
+      <c r="E125" t="s">
+        <v>237</v>
+      </c>
+      <c r="F125" t="s">
+        <v>266</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H125" t="s">
         <v>447</v>
       </c>
-      <c r="B122" t="s">
-[...2 lines deleted...]
-      <c r="C122" t="s">
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>448</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>449</v>
+      </c>
+      <c r="D126" t="s">
+        <v>236</v>
+      </c>
+      <c r="E126" t="s">
+        <v>237</v>
+      </c>
+      <c r="F126" t="s">
+        <v>266</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H126" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>452</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>453</v>
+      </c>
+      <c r="D127" t="s">
+        <v>236</v>
+      </c>
+      <c r="E127" t="s">
+        <v>237</v>
+      </c>
+      <c r="F127" t="s">
+        <v>147</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H127" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>456</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>457</v>
+      </c>
+      <c r="D128" t="s">
+        <v>236</v>
+      </c>
+      <c r="E128" t="s">
+        <v>237</v>
+      </c>
+      <c r="F128" t="s">
+        <v>381</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H128" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>460</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>461</v>
+      </c>
+      <c r="D129" t="s">
+        <v>236</v>
+      </c>
+      <c r="E129" t="s">
+        <v>237</v>
+      </c>
+      <c r="F129" t="s">
+        <v>147</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H129" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>464</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>465</v>
+      </c>
+      <c r="D130" t="s">
+        <v>236</v>
+      </c>
+      <c r="E130" t="s">
+        <v>237</v>
+      </c>
+      <c r="F130" t="s">
+        <v>183</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H130" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>468</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>469</v>
+      </c>
+      <c r="D131" t="s">
+        <v>236</v>
+      </c>
+      <c r="E131" t="s">
+        <v>237</v>
+      </c>
+      <c r="F131" t="s">
+        <v>161</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="H131" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>472</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>473</v>
+      </c>
+      <c r="D132" t="s">
+        <v>236</v>
+      </c>
+      <c r="E132" t="s">
+        <v>237</v>
+      </c>
+      <c r="F132" t="s">
+        <v>154</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H132" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>476</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>477</v>
+      </c>
+      <c r="D133" t="s">
+        <v>236</v>
+      </c>
+      <c r="E133" t="s">
+        <v>237</v>
+      </c>
+      <c r="F133" t="s">
+        <v>154</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H133" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>480</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>481</v>
+      </c>
+      <c r="D134" t="s">
+        <v>236</v>
+      </c>
+      <c r="E134" t="s">
+        <v>237</v>
+      </c>
+      <c r="F134" t="s">
+        <v>154</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H134" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>484</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>485</v>
+      </c>
+      <c r="D135" t="s">
+        <v>236</v>
+      </c>
+      <c r="E135" t="s">
+        <v>237</v>
+      </c>
+      <c r="F135" t="s">
+        <v>183</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H135" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>488</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>489</v>
+      </c>
+      <c r="D136" t="s">
+        <v>236</v>
+      </c>
+      <c r="E136" t="s">
+        <v>237</v>
+      </c>
+      <c r="F136" t="s">
+        <v>183</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H136" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>492</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>493</v>
+      </c>
+      <c r="D137" t="s">
+        <v>236</v>
+      </c>
+      <c r="E137" t="s">
+        <v>237</v>
+      </c>
+      <c r="F137" t="s">
+        <v>147</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="H137" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>496</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>497</v>
+      </c>
+      <c r="D138" t="s">
+        <v>236</v>
+      </c>
+      <c r="E138" t="s">
+        <v>237</v>
+      </c>
+      <c r="F138" t="s">
+        <v>154</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H138" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>500</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>501</v>
+      </c>
+      <c r="D139" t="s">
+        <v>236</v>
+      </c>
+      <c r="E139" t="s">
+        <v>237</v>
+      </c>
+      <c r="F139" t="s">
+        <v>154</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="H139" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>504</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>505</v>
+      </c>
+      <c r="D140" t="s">
+        <v>236</v>
+      </c>
+      <c r="E140" t="s">
+        <v>237</v>
+      </c>
+      <c r="F140" t="s">
+        <v>154</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="H140" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>508</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>509</v>
+      </c>
+      <c r="D141" t="s">
+        <v>236</v>
+      </c>
+      <c r="E141" t="s">
+        <v>237</v>
+      </c>
+      <c r="F141" t="s">
+        <v>161</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="H141" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>512</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>513</v>
+      </c>
+      <c r="D142" t="s">
+        <v>236</v>
+      </c>
+      <c r="E142" t="s">
+        <v>237</v>
+      </c>
+      <c r="F142" t="s">
+        <v>140</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="H142" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>516</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>517</v>
+      </c>
+      <c r="D143" t="s">
+        <v>236</v>
+      </c>
+      <c r="E143" t="s">
+        <v>237</v>
+      </c>
+      <c r="F143" t="s">
+        <v>140</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H143" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>520</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>521</v>
+      </c>
+      <c r="D144" t="s">
+        <v>236</v>
+      </c>
+      <c r="E144" t="s">
+        <v>237</v>
+      </c>
+      <c r="F144" t="s">
+        <v>154</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H144" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>524</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>525</v>
+      </c>
+      <c r="D145" t="s">
+        <v>236</v>
+      </c>
+      <c r="E145" t="s">
+        <v>237</v>
+      </c>
+      <c r="F145" t="s">
+        <v>154</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="H145" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>528</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>529</v>
+      </c>
+      <c r="D146" t="s">
+        <v>236</v>
+      </c>
+      <c r="E146" t="s">
+        <v>237</v>
+      </c>
+      <c r="F146" t="s">
+        <v>154</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H146" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>532</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>533</v>
+      </c>
+      <c r="D147" t="s">
+        <v>236</v>
+      </c>
+      <c r="E147" t="s">
+        <v>237</v>
+      </c>
+      <c r="F147" t="s">
+        <v>147</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H147" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>536</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>10</v>
+      </c>
+      <c r="D148" t="s">
+        <v>537</v>
+      </c>
+      <c r="E148" t="s">
+        <v>538</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H148" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>541</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>10</v>
+      </c>
+      <c r="D149" t="s">
+        <v>542</v>
+      </c>
+      <c r="E149" t="s">
+        <v>543</v>
+      </c>
+      <c r="F149" t="s">
+        <v>183</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H149" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>546</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>17</v>
+      </c>
+      <c r="D150" t="s">
+        <v>542</v>
+      </c>
+      <c r="E150" t="s">
+        <v>543</v>
+      </c>
+      <c r="F150" t="s">
+        <v>266</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H150" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>549</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>21</v>
+      </c>
+      <c r="D151" t="s">
+        <v>542</v>
+      </c>
+      <c r="E151" t="s">
+        <v>543</v>
+      </c>
+      <c r="F151" t="s">
+        <v>183</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="H151" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>552</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>25</v>
+      </c>
+      <c r="D152" t="s">
+        <v>542</v>
+      </c>
+      <c r="E152" t="s">
+        <v>543</v>
+      </c>
+      <c r="F152" t="s">
+        <v>266</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H152" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>555</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
         <v>37</v>
       </c>
-      <c r="D122" t="s">
-[...12 lines deleted...]
-        <v>451</v>
+      <c r="D153" t="s">
+        <v>556</v>
+      </c>
+      <c r="E153" t="s">
+        <v>557</v>
+      </c>
+      <c r="F153" t="s">
+        <v>266</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="H153" t="s">
+        <v>559</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5035,50 +6165,81 @@
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>