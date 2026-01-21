--- v1 (2025-12-05)
+++ v2 (2026-01-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1224" uniqueCount="560">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1264" uniqueCount="574">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -413,50 +413,107 @@
   <si>
     <t>Institui o Plano Municipal pela Primeira Infância - PMPI de Pedra Lavrada PB, para o período de 2025/2035</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/487/projeto_de_lei_no_031_2025.pdf</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/488/projeto_de_lei_no_032_2025_parcelamento_e_reparcelamento_ipmspl.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento e reparcelamento de débitos do Município de PEDRA LAVRADA com seu Regime Próprio de Previdência Social - RPPS, de que tratam os arts. 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, com a redação conferida pela Emenda Constitucional nº 136, de 9 de setembro de 2025.</t>
   </si>
   <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/497/projeto_de_lei_no_033_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Cessão de Uso, a título gratuito, do imóvel público que menciona, pertencente ao Patrimônio do Tesouro Municipal, à Associação Cultural Filarmônica Eugênio de Vasconcelos, e dá outras Providências.</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_no_034_de_10_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_lei_35_2025_dispoe_sobre_autorizacao_para_remanejar_dotacoes_orcamentarias_no_orcamento_vigente_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE AUTORIZAÇÃO PARA REMANEJAR DOTAÇÕES ORÇAMENTARIAS NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/500/projeto_de_lei_36_2025_dispoe_sobre_altera_art_5o_inciso_ii_da_lei_municipal_no_380_de_17_de_dezembro_de_2024_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE: ALTERA ART. 5º, INCISO II DA LEI MUNICIPAL Nº 380, DE 17 DE DEZEMBRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/501/projeto_de_lei_037_2025_reconhece_de_utilidade_publica_a_filarmonica_eugenio_vasconcelos.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece como de utilidade pública a Associação Cultural Filarmônica Eugênio Vasconcelos e dá outras providências.</t>
+  </si>
+  <si>
     <t>346</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/346/pl_legislativo_no_001-2025-_reajustes_salario_minimo_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ESTABELECE PISO SALARIALDO QUADRO EFETIVO E COMISSIONADO DO PODER LEGISLATIVO DE PEDRA LAVRADA – PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Rossana Costa</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_no02-2025_-_rossana_costa.pdf</t>
@@ -1025,99 +1082,84 @@
   <si>
     <t>Solicita ao chefe do Executivo deste município a aquisição de uma ensiladeira, com o objetivo de apoiar a produção de silagem e fortalecer a agricultura familiar em Pedra Lavrada - PB.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/402/requerimento_no_31-2025_-_natan_dantas.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município a instalação de um redutor de velocidade na Rua Genuíno Pereira, especificamente no trecho em frente à residência da senhora Nadir, visando a segurança viária e o bem-estar dos moradores da localidade.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_no_32-2025_-_natan_dantas.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município a instalação de lixeiras fixas personalizadas nas principais ruas, avenidas e espaços públicos da cidade, como forma de incentivar o descarte adequado de resíduos e promover a limpeza urbana.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>33</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_no_33-2025_-_cariolando_vital.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município a construção de dois redutores de velocidade (quebra-molas) na comunidade de Cafundó, visando à segurança dos moradores e à redução de acidentes.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>34</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_no_34-2025_-_lazaro_nobrega.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao chefe do Executivo sobre a execução da emenda parlamentar estadual nº 552, destinada à construção de uma praça na Rua Hilda Vasconcelos, no Bairro Quarenta.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>35</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_no_35-2025_-_jose_junior.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município, a contratação de agente municipal para reforço da segurança na cidade.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/411/requerimento_no_36-2025_-_jose_junior.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município a contratação de um médico veterinário para dar suporte técnico aos criadores rurais.</t>
   </si>
   <si>
     <t>412</t>
-  </si>
-[...1 lines deleted...]
-    <t>37</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_no_37-2025_-_natan_dantas.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Executivo deste município a criação de uma oficina de hidroginástica para idosos do município em parceria da secretaria de Ação Social com a secretaria de esportes.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/413/requerimentos_n_38-_2025_lazaro_.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal, que encaminhe a esta Casa Legislativa, no prazo legal, as seguintes informações e documentos referentes à realização do evento de São João no ano de 2025:</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>39</t>
   </si>
@@ -2043,68 +2085,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/343/projeto_de_lei_001_2025_reajuste_e_revisao_anual_das_remuneracoes_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/344/projeto_de_lei_02_2025_reajuste_salarial_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/345/projeto_de_lei_03_2025_estrutura_administativa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/348/projeto_de_lei_004_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/349/projeto_de_lei_005_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_06_2025_abertura_de_credito_adicional_especial_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_07_2025_abertura_de_credito_adicional_especial_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_lei_08_2025_abertura_de_credito_adicional_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_09_2025_institui_o_incentivo_financeiro_componente_de_qualidade_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/378/projeto_de_lei_10_2025_altera_a_lei_0370_de_21_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_11_2025_abertura_de_credito_especial_ao_orcamento_2025_c_populares.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/386/projeto_de_lei_12_2025_diretrizes_para_elaboracao_da_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_014_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/404/projeto_de_lei_015_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/405/projeto_de_lei_016_2025_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/406/projeto_de_lei_017_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_018_2025_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_019_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_no_020_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_021_2025_cessao_de_uso_escola_serrote.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_lei_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_023_2025_abertura_de_credito_especial_ao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_024_2025_abertura_de_credito_especial_ao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_025_2025_m_ambiente_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_0262025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_027_2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_028_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_29_2025_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_030_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/487/projeto_de_lei_no_031_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/488/projeto_de_lei_no_032_2025_parcelamento_e_reparcelamento_ipmspl.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/346/pl_legislativo_no_001-2025-_reajustes_salario_minimo_1.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_no02-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_no03-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_no04-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_no05-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_no06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_lei_no07-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_no08-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/407/projeto_de_lei_no09-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_no10-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_no11-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_no12-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/430/projeto_de_lei_no13-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/431/projeto_de_lei_no14-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no15-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_no16-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_no17-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_no18-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_no19-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_decreto_rossana_costa_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_decreto_cariolando_vital_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_decreto_ian_cordeiro_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/433/projeto_de_decreto_no_04-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/434/projeto_de_decreto_no_05-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_decreto_no_06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/468/projeto_de_decreto_no_07-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_decreto_no_08-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/489/projeto_de_decreto_no_09-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_decreto_no_10-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_decreto_no_11-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/347/projeto_de_resolucao_012025_-_criacao_cargo_camara_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/432/projeto_de_resolucao_no_02-2025_-_identificacao_do_veiculo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_no_01-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_no_02-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/357/requerimento_no_03-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_04-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_05-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_no_06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_07-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_no_08-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_no_09-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_no_10-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/366/requerimento_no_11-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_no_12-2025_-_cariolando_vital.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_no_13-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/374/requerimento_no_14-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_15-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_no_16-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_no_17-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_18-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_no_20-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_no_20-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_no_21-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_no_22-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_no_23-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_no_24-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_no_25-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/396/requerimento_no_26-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/397/requerimento_no_27-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_no_28-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/399/requerimento_no_29-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/400/requerimento_no_30-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/402/requerimento_no_31-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_no_32-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_no_33-2025_-_cariolando_vital.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_no_34-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_no_35-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/411/requerimento_no_36-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_no_37-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/413/requerimentos_n_38-_2025_lazaro_.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/417/requerimentos_no_039_-2025_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/418/requerimento_no_40-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_no_041-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_no_042-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_no_043-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_no_044-2025_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/436/requerimento_no_045-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_no_046-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_047-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_no_048-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_no_049-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_no_050-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_no_051-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_no_052-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_no_053-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_no_054-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_no_055-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/448/requerimento_no_056-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/449/requerimento_no_057-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_no_058-2025_-_ian_cordeiro_-_subscricao_natan_e_junio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_no_059-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento_no_060-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_no_061-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_no_062-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_no_063-2025_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_no_064-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_no_065-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_no_066-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_no_067-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_no_068-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_no_069-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_no_070-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_no_071-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_072-2025_-_andrezza_oliveira.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_no_073-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_no_074-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_no_075-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_no_076-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_077__anexo_do_pl_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_078__anexo_do_pl_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_no_079-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_no_080-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_no_081-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_no_082-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/350/projeto_de_lei_de_emenda_a_lei_organica_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/354/mocao_de_aplausos_01-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/389/mocao_de_aplausos_02-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/450/mocao_de_aplausos_03-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/496/mocao_de_aplausos_04-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/343/projeto_de_lei_001_2025_reajuste_e_revisao_anual_das_remuneracoes_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/344/projeto_de_lei_02_2025_reajuste_salarial_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/345/projeto_de_lei_03_2025_estrutura_administativa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/348/projeto_de_lei_004_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/349/projeto_de_lei_005_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_06_2025_abertura_de_credito_adicional_especial_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_07_2025_abertura_de_credito_adicional_especial_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_lei_08_2025_abertura_de_credito_adicional_ao_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_09_2025_institui_o_incentivo_financeiro_componente_de_qualidade_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/378/projeto_de_lei_10_2025_altera_a_lei_0370_de_21_de_junho_de_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_11_2025_abertura_de_credito_especial_ao_orcamento_2025_c_populares.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/386/projeto_de_lei_12_2025_diretrizes_para_elaboracao_da_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_014_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/404/projeto_de_lei_015_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/405/projeto_de_lei_016_2025_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/406/projeto_de_lei_017_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/416/projeto_de_lei_018_2025_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_019_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_no_020_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_021_2025_cessao_de_uso_escola_serrote.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/428/projeto_de_lei_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/429/projeto_de_lei_023_2025_abertura_de_credito_especial_ao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_024_2025_abertura_de_credito_especial_ao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/453/projeto_de_lei_025_2025_m_ambiente_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/454/projeto_de_lei_0262025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_027_2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_028_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/462/projeto_de_lei_29_2025_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/475/projeto_de_lei_030_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/487/projeto_de_lei_no_031_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/488/projeto_de_lei_no_032_2025_parcelamento_e_reparcelamento_ipmspl.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/497/projeto_de_lei_no_033_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/498/projeto_de_lei_no_034_de_10_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_lei_35_2025_dispoe_sobre_autorizacao_para_remanejar_dotacoes_orcamentarias_no_orcamento_vigente_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/500/projeto_de_lei_36_2025_dispoe_sobre_altera_art_5o_inciso_ii_da_lei_municipal_no_380_de_17_de_dezembro_de_2024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/501/projeto_de_lei_037_2025_reconhece_de_utilidade_publica_a_filarmonica_eugenio_vasconcelos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/346/pl_legislativo_no_001-2025-_reajustes_salario_minimo_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_no02-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_no03-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_no04-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_no05-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_no06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_lei_no07-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_no08-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/407/projeto_de_lei_no09-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/414/projeto_de_lei_no10-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/426/projeto_de_lei_no11-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/427/projeto_de_lei_no12-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/430/projeto_de_lei_no13-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/431/projeto_de_lei_no14-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_no15-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_no16-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/458/projeto_de_lei_no17-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_no18-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/467/projeto_de_lei_no19-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_decreto_rossana_costa_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/415/projeto_de_decreto_cariolando_vital_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_decreto_ian_cordeiro_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/433/projeto_de_decreto_no_04-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/434/projeto_de_decreto_no_05-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_decreto_no_06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/468/projeto_de_decreto_no_07-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_decreto_no_08-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/489/projeto_de_decreto_no_09-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_decreto_no_10-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_decreto_no_11-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/347/projeto_de_resolucao_012025_-_criacao_cargo_camara_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/432/projeto_de_resolucao_no_02-2025_-_identificacao_do_veiculo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_no_01-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/356/requerimento_no_02-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/357/requerimento_no_03-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_04-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_05-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_no_06-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_no_07-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/362/requerimento_no_08-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_no_09-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_no_10-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/366/requerimento_no_11-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/372/requerimento_no_12-2025_-_cariolando_vital.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/373/requerimento_no_13-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/374/requerimento_no_14-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/377/requerimento_no_15-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/380/requerimento_no_16-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_no_17-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_no_18-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_no_20-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/384/requerimento_no_20-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/385/requerimento_no_21-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/387/requerimento_no_22-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/388/requerimento_no_23-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_no_24-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_no_25-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/396/requerimento_no_26-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/397/requerimento_no_27-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_no_28-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/399/requerimento_no_29-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/400/requerimento_no_30-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/402/requerimento_no_31-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/403/requerimento_no_32-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento_no_33-2025_-_cariolando_vital.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento_no_34-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento_no_35-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/411/requerimento_no_36-2025_-_jose_junior.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_no_37-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/413/requerimentos_n_38-_2025_lazaro_.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/417/requerimentos_no_039_-2025_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/418/requerimento_no_40-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_no_041-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_no_042-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_no_043-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_no_044-2025_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/436/requerimento_no_045-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_no_046-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_no_047-2025_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_no_048-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_no_049-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_no_050-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_no_051-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_no_052-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/445/requerimento_no_053-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/446/requerimento_no_054-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/447/requerimento_no_055-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/448/requerimento_no_056-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/449/requerimento_no_057-2025_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento_no_058-2025_-_ian_cordeiro_-_subscricao_natan_e_junio.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento_no_059-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento_no_060-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento_no_061-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/465/requerimento_no_062-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_no_063-2025_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_no_064-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_no_065-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_no_066-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_no_067-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/473/requerimento_no_068-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/474/requerimento_no_069-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/478/requerimento_no_070-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_no_071-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/480/requerimento_no_072-2025_-_andrezza_oliveira.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/481/requerimento_no_073-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/482/requerimento_no_074-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/483/requerimento_no_075-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento_no_076-2025_-_lazaro_nobrega.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento_077__anexo_do_pl_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento_078__anexo_do_pl_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/492/requerimento_no_079-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento_no_080-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/494/requerimento_no_081-2025_-_ian_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/495/requerimento_no_082-2025_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/350/projeto_de_lei_de_emenda_a_lei_organica_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/354/mocao_de_aplausos_01-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/389/mocao_de_aplausos_02-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/450/mocao_de_aplausos_03-2025_-_natan_dantas.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2025/496/mocao_de_aplausos_04-2025_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H153"/>
+  <dimension ref="A1:H158"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="158.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="209.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2930,3160 +2972,3290 @@
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>131</v>
       </c>
       <c r="H33" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>133</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
       <c r="D34" t="s">
-        <v>134</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="F34" t="s">
+      <c r="H34" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>137</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>138</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B35" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H35" t="s">
-        <v>142</v>
+        <v>53</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>140</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>141</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H36" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>144</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>145</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B37" t="s">
-[...11 lines deleted...]
-      <c r="F37" t="s">
+      <c r="H37" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>148</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>149</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B38" t="s">
-[...14 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>152</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
         <v>153</v>
       </c>
-      <c r="B39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E39" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F39" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H39" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D40" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E40" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F40" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H40" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="D41" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E41" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F41" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H41" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="D42" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E42" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F42" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H42" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="D43" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E43" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F43" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="H43" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D44" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E44" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F44" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="H44" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="D45" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E45" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F45" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="H45" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="D46" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E46" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F46" t="s">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="H46" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="D47" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E47" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F47" t="s">
-        <v>140</v>
+        <v>173</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="H47" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="D48" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E48" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F48" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="H48" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="D49" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E49" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F49" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="H49" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="D50" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E50" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F50" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="H50" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="D51" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E51" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F51" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="H51" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>82</v>
+        <v>63</v>
       </c>
       <c r="D52" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="E52" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="F52" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="H52" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="D53" t="s">
-        <v>199</v>
+        <v>153</v>
       </c>
       <c r="E53" t="s">
-        <v>200</v>
+        <v>154</v>
       </c>
       <c r="F53" t="s">
-        <v>140</v>
+        <v>202</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H53" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="D54" t="s">
-        <v>199</v>
+        <v>153</v>
       </c>
       <c r="E54" t="s">
-        <v>200</v>
+        <v>154</v>
       </c>
       <c r="F54" t="s">
-        <v>204</v>
+        <v>173</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H54" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="D55" t="s">
-        <v>199</v>
+        <v>153</v>
       </c>
       <c r="E55" t="s">
-        <v>200</v>
+        <v>154</v>
       </c>
       <c r="F55" t="s">
-        <v>154</v>
+        <v>202</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="H55" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
       <c r="D56" t="s">
-        <v>199</v>
+        <v>153</v>
       </c>
       <c r="E56" t="s">
-        <v>200</v>
+        <v>154</v>
       </c>
       <c r="F56" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="H56" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="D57" t="s">
-        <v>199</v>
+        <v>153</v>
       </c>
       <c r="E57" t="s">
-        <v>200</v>
+        <v>154</v>
       </c>
       <c r="F57" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H57" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="E58" t="s">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="F58" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="H58" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D59" t="s">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="E59" t="s">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="F59" t="s">
-        <v>183</v>
+        <v>223</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="H59" t="s">
-        <v>206</v>
+        <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="D60" t="s">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="E60" t="s">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="F60" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="H60" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="D61" t="s">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="E61" t="s">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="F61" t="s">
-        <v>221</v>
+        <v>202</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="H61" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="D62" t="s">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="E62" t="s">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="F62" t="s">
-        <v>221</v>
+        <v>202</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="H62" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>232</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>33</v>
+      </c>
+      <c r="D63" t="s">
+        <v>218</v>
+      </c>
+      <c r="E63" t="s">
+        <v>219</v>
+      </c>
+      <c r="F63" t="s">
+        <v>173</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="H63" t="s">
         <v>225</v>
-      </c>
-[...19 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D64" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="E64" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="F64" t="s">
-        <v>136</v>
+        <v>202</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="H64" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="D65" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="E65" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="F65" t="s">
-        <v>136</v>
+        <v>202</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="H65" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="D66" t="s">
-        <v>236</v>
+        <v>218</v>
       </c>
       <c r="E66" t="s">
-        <v>237</v>
+        <v>219</v>
       </c>
       <c r="F66" t="s">
+        <v>240</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H66" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="D67" t="s">
-        <v>236</v>
+        <v>218</v>
       </c>
       <c r="E67" t="s">
-        <v>237</v>
+        <v>219</v>
       </c>
       <c r="F67" t="s">
-        <v>147</v>
+        <v>240</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H67" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>244</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="D68" t="s">
-        <v>236</v>
+        <v>218</v>
       </c>
       <c r="E68" t="s">
-        <v>237</v>
+        <v>219</v>
       </c>
       <c r="F68" t="s">
-        <v>140</v>
+        <v>240</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>245</v>
       </c>
       <c r="H68" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>246</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
         <v>247</v>
       </c>
-      <c r="B69" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E69" t="s">
-        <v>237</v>
+        <v>248</v>
       </c>
       <c r="F69" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H69" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D70" t="s">
-        <v>236</v>
+        <v>247</v>
       </c>
       <c r="E70" t="s">
-        <v>237</v>
+        <v>248</v>
       </c>
       <c r="F70" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H70" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E71" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F71" t="s">
-        <v>154</v>
+        <v>257</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="H71" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D72" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E72" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F72" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="H72" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="D73" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E73" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F73" t="s">
-        <v>183</v>
+        <v>159</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="H73" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="D74" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E74" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F74" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="H74" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="D75" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E75" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F75" t="s">
-        <v>266</v>
+        <v>173</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="H75" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D76" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E76" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F76" t="s">
-        <v>140</v>
+        <v>173</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="H76" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="D77" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E77" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F77" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="H77" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="D78" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E78" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F78" t="s">
-        <v>147</v>
+        <v>202</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="H78" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="D79" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E79" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F79" t="s">
-        <v>140</v>
+        <v>166</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="H79" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="D80" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E80" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F80" t="s">
-        <v>161</v>
+        <v>285</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="H80" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="D81" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E81" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F81" t="s">
-        <v>266</v>
+        <v>159</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="H81" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
       <c r="D82" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E82" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F82" t="s">
-        <v>147</v>
+        <v>223</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="H82" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="D83" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E83" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F83" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="H83" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>82</v>
+        <v>63</v>
       </c>
       <c r="D84" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E84" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F84" t="s">
-        <v>183</v>
+        <v>159</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="H84" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
       <c r="D85" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E85" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F85" t="s">
-        <v>161</v>
+        <v>180</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="H85" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="D86" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E86" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F86" t="s">
-        <v>140</v>
+        <v>285</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H86" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
       <c r="D87" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E87" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F87" t="s">
-        <v>221</v>
+        <v>166</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="H87" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="D88" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E88" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F88" t="s">
-        <v>266</v>
+        <v>202</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="H88" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="D89" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E89" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F89" t="s">
-        <v>154</v>
+        <v>202</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="H89" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>104</v>
+        <v>85</v>
       </c>
       <c r="D90" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E90" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F90" t="s">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="H90" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="D91" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E91" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F91" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="H91" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>112</v>
+        <v>93</v>
       </c>
       <c r="D92" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E92" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F92" t="s">
-        <v>266</v>
+        <v>240</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="H92" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>116</v>
+        <v>97</v>
       </c>
       <c r="D93" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E93" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F93" t="s">
-        <v>161</v>
+        <v>285</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="H93" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="D94" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E94" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F94" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="H94" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="D95" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E95" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F95" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="H95" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="D96" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E96" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F96" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="H96" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>130</v>
+        <v>112</v>
       </c>
       <c r="D97" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E97" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F97" t="s">
-        <v>183</v>
+        <v>285</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="H97" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>336</v>
+        <v>116</v>
       </c>
       <c r="D98" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E98" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F98" t="s">
-        <v>204</v>
+        <v>180</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="H98" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>340</v>
+        <v>120</v>
       </c>
       <c r="D99" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E99" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F99" t="s">
-        <v>161</v>
+        <v>180</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="H99" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>344</v>
+        <v>123</v>
       </c>
       <c r="D100" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E100" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F100" t="s">
-        <v>221</v>
+        <v>173</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="H100" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>348</v>
+        <v>127</v>
       </c>
       <c r="D101" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E101" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F101" t="s">
-        <v>221</v>
+        <v>202</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>349</v>
       </c>
       <c r="H101" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>351</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
+        <v>130</v>
+      </c>
+      <c r="D102" t="s">
+        <v>255</v>
+      </c>
+      <c r="E102" t="s">
+        <v>256</v>
+      </c>
+      <c r="F102" t="s">
+        <v>202</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="D102" t="s">
-[...8 lines deleted...]
-      <c r="G102" s="1" t="s">
+      <c r="H102" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>354</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>134</v>
+      </c>
+      <c r="D103" t="s">
+        <v>255</v>
+      </c>
+      <c r="E103" t="s">
+        <v>256</v>
+      </c>
+      <c r="F103" t="s">
+        <v>223</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="B103" t="s">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="H103" t="s">
         <v>356</v>
-      </c>
-[...13 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>357</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>138</v>
+      </c>
+      <c r="D104" t="s">
+        <v>255</v>
+      </c>
+      <c r="E104" t="s">
+        <v>256</v>
+      </c>
+      <c r="F104" t="s">
+        <v>180</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H104" t="s">
         <v>359</v>
-      </c>
-[...19 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>364</v>
+        <v>141</v>
       </c>
       <c r="D105" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E105" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F105" t="s">
-        <v>161</v>
+        <v>240</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="H105" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>368</v>
+        <v>145</v>
       </c>
       <c r="D106" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E106" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F106" t="s">
-        <v>154</v>
+        <v>240</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="H106" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>372</v>
+        <v>149</v>
       </c>
       <c r="D107" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E107" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F107" t="s">
-        <v>154</v>
+        <v>202</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="H107" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="D108" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E108" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F108" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="H108" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="D109" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E109" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F109" t="s">
-        <v>381</v>
+        <v>166</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="H109" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="D110" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E110" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F110" t="s">
-        <v>154</v>
+        <v>180</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="H110" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="D111" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E111" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F111" t="s">
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="H111" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="D112" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E112" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F112" t="s">
-        <v>140</v>
+        <v>173</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="H112" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="D113" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E113" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F113" t="s">
-        <v>154</v>
+        <v>202</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="H113" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="D114" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E114" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F114" t="s">
-        <v>266</v>
+        <v>395</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="H114" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="D115" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E115" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F115" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="H115" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="D116" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E116" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F116" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="H116" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="D117" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E117" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F117" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="H117" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="D118" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E118" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F118" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="H118" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="D119" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E119" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F119" t="s">
-        <v>183</v>
+        <v>285</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="H119" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="D120" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E120" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F120" t="s">
-        <v>221</v>
+        <v>180</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="H120" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="D121" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E121" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F121" t="s">
-        <v>221</v>
+        <v>180</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="H121" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="D122" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E122" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F122" t="s">
-        <v>221</v>
+        <v>180</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="H122" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="D123" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E123" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F123" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="H123" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="D124" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E124" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F124" t="s">
-        <v>183</v>
+        <v>202</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="H124" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="D125" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E125" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F125" t="s">
-        <v>266</v>
+        <v>240</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="H125" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="D126" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E126" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F126" t="s">
-        <v>266</v>
+        <v>240</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="H126" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="D127" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E127" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F127" t="s">
-        <v>147</v>
+        <v>240</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="H127" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="D128" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E128" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F128" t="s">
-        <v>381</v>
+        <v>173</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="H128" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="D129" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E129" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F129" t="s">
-        <v>147</v>
+        <v>202</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="H129" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="D130" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E130" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F130" t="s">
-        <v>183</v>
+        <v>285</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="H130" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="D131" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E131" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F131" t="s">
-        <v>161</v>
+        <v>285</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="H131" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="D132" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E132" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F132" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="H132" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="D133" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E133" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F133" t="s">
-        <v>154</v>
+        <v>395</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="H133" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="D134" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E134" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F134" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="H134" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="D135" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E135" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F135" t="s">
-        <v>183</v>
+        <v>202</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="H135" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="D136" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E136" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F136" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="H136" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="D137" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E137" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F137" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="H137" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="D138" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E138" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F138" t="s">
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="H138" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="D139" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E139" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F139" t="s">
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="H139" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="D140" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E140" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F140" t="s">
-        <v>154</v>
+        <v>202</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="H140" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="D141" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E141" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F141" t="s">
-        <v>161</v>
+        <v>202</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="H141" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="D142" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E142" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F142" t="s">
-        <v>140</v>
+        <v>166</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="H142" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="D143" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E143" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F143" t="s">
-        <v>140</v>
+        <v>173</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="H143" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="D144" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E144" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F144" t="s">
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="H144" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="D145" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E145" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F145" t="s">
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="H145" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="D146" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E146" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F146" t="s">
-        <v>154</v>
+        <v>180</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="H146" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="D147" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="E147" t="s">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="F147" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="H147" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>10</v>
+        <v>531</v>
       </c>
       <c r="D148" t="s">
-        <v>537</v>
+        <v>255</v>
       </c>
       <c r="E148" t="s">
-        <v>538</v>
+        <v>256</v>
       </c>
       <c r="F148" t="s">
-        <v>13</v>
+        <v>159</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="H148" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>10</v>
+        <v>535</v>
       </c>
       <c r="D149" t="s">
-        <v>542</v>
+        <v>255</v>
       </c>
       <c r="E149" t="s">
-        <v>543</v>
+        <v>256</v>
       </c>
       <c r="F149" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="H149" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>17</v>
+        <v>539</v>
       </c>
       <c r="D150" t="s">
-        <v>542</v>
+        <v>255</v>
       </c>
       <c r="E150" t="s">
-        <v>543</v>
+        <v>256</v>
       </c>
       <c r="F150" t="s">
-        <v>266</v>
+        <v>173</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="H150" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>21</v>
+        <v>543</v>
       </c>
       <c r="D151" t="s">
-        <v>542</v>
+        <v>255</v>
       </c>
       <c r="E151" t="s">
-        <v>543</v>
+        <v>256</v>
       </c>
       <c r="F151" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="H151" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>25</v>
+        <v>547</v>
       </c>
       <c r="D152" t="s">
-        <v>542</v>
+        <v>255</v>
       </c>
       <c r="E152" t="s">
-        <v>543</v>
+        <v>256</v>
       </c>
       <c r="F152" t="s">
-        <v>266</v>
+        <v>166</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="H152" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>550</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>10</v>
+      </c>
+      <c r="D153" t="s">
+        <v>551</v>
+      </c>
+      <c r="E153" t="s">
+        <v>552</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H153" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
         <v>555</v>
       </c>
-      <c r="B153" t="s">
-[...2 lines deleted...]
-      <c r="C153" t="s">
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>10</v>
+      </c>
+      <c r="D154" t="s">
+        <v>556</v>
+      </c>
+      <c r="E154" t="s">
+        <v>557</v>
+      </c>
+      <c r="F154" t="s">
+        <v>202</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="H154" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>560</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>17</v>
+      </c>
+      <c r="D155" t="s">
+        <v>556</v>
+      </c>
+      <c r="E155" t="s">
+        <v>557</v>
+      </c>
+      <c r="F155" t="s">
+        <v>285</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H155" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>563</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>21</v>
+      </c>
+      <c r="D156" t="s">
+        <v>556</v>
+      </c>
+      <c r="E156" t="s">
+        <v>557</v>
+      </c>
+      <c r="F156" t="s">
+        <v>202</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="H156" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>566</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>25</v>
+      </c>
+      <c r="D157" t="s">
+        <v>556</v>
+      </c>
+      <c r="E157" t="s">
+        <v>557</v>
+      </c>
+      <c r="F157" t="s">
+        <v>285</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="H157" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>569</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
         <v>37</v>
       </c>
-      <c r="D153" t="s">
-[...12 lines deleted...]
-        <v>559</v>
+      <c r="D158" t="s">
+        <v>570</v>
+      </c>
+      <c r="E158" t="s">
+        <v>571</v>
+      </c>
+      <c r="F158" t="s">
+        <v>285</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H158" t="s">
+        <v>573</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6196,50 +6368,55 @@
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>