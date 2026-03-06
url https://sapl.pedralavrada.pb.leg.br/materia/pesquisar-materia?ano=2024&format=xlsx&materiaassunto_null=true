--- v0 (2025-10-13)
+++ v1 (2026-03-06)
@@ -48,1049 +48,1049 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Projeto de Lei</t>
+    <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/304/regimento_intermo_conselho_municipal_de_previdencia.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/304/regimento_intermo_conselho_municipal_de_previdencia.pdf</t>
   </si>
   <si>
     <t>REGIMENTO INTERNO DO CONSELHO MUNICIPAL DE PREVIDÊNCIA -CMP DO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES MUNICIPAIS DE PEDRA LAVRADA – IPSMPL</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_01_2024_reajuste_executivo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_01_2024_reajuste_executivo.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O REAJUSTE E REVISÃO ANUAL DAS REMUNERAÇÕES DOS SERVIDORES PÚBLICOS INTEGRANTES DO QUADRO DE PESSOAL DO PODER EXECUTIVO E O REAJUSTE DOS BENEFÍCIOS PREVIDENCIÁRIOS CONCEDIDOS PELO IPSMPL DE PEDRA LAVRADA/PB, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_02_2024_rejuste_magisterio.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_02_2024_rejuste_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE SALARIAL ÀS CATEGORIAS FUNCIONAIS DO MAGISTÉRIO MUNICIPAL E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_03_2024_nomeclatura_escolas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_03_2024_nomeclatura_escolas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA DENOMINAÇÃO DE UNIDADES ESCOLARES PERTENCENTES À REDE MUNICIPAL DE ENSINO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_lei_04_2024_altera_a_lei_231_2019.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_lei_04_2024_altera_a_lei_231_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ALTERA A LEI 231 DE 18 DE SETEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_05_2024_altera_a_lei_282_de_2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_05_2024_altera_a_lei_282_de_2022.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL Nº 0282 DE 14 DE MARÇO DE 2022 PARA FINS DE ADEQUAÇÃO ÀS DISPOSIÇÕES DA LEI MUNICIPAL Nº 186 DE 2016 E ADOTA OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/289/projeto_de_lei_06_2024_cria_o_conselho_de_direitos_da_mulher__e_respectivo_fundo_1.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/289/projeto_de_lei_06_2024_cria_o_conselho_de_direitos_da_mulher__e_respectivo_fundo_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE DIREITOS DA MULHER, DA IGUALDADE RACIAL E LGBTQIAPN+, CRIAÇÃO DO RESPECTIVO FUNDO E REVOGAÇÃO DA LEI Nº 124/2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/290/projeto_de_lei_07_2024_autoriza_permuta_de_area_de_propriedade_municipal.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/290/projeto_de_lei_07_2024_autoriza_permuta_de_area_de_propriedade_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à permuta de área de propriedade do Município, na forma que especifica.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/301/projeto_de_lei_no_08_2024_ldo_2025.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/301/projeto_de_lei_no_08_2024_ldo_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/309/projeto_de_lei_09_2024_permuta_terreno_canta_galo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/309/projeto_de_lei_09_2024_permuta_terreno_canta_galo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a proceder à permuta de área de propriedade do Município, na forma que especifica</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/310/projeto_de_lei_no_10_2024_abertura_de_credito_especial.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/310/projeto_de_lei_no_10_2024_abertura_de_credito_especial.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/311/projeto_de_lei_11_2024_abertura_de_credito_especial.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/311/projeto_de_lei_11_2024_abertura_de_credito_especial.pdf</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/315/projeto_de_lei_012-2024.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/315/projeto_de_lei_012-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Cooperação Financeira para execução de Projeto Habitacional e determina outras providências.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/319/projeto_de_lei_013_2024.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/319/projeto_de_lei_013_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre: Altera a Lei Municipal nº 0371, de 01 de julho de 2024 e adota outras providências.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/320/projeto_de_lei_no_014_2024.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/320/projeto_de_lei_no_014_2024.pdf</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/318/projeto_de_lei_no_015_2024.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/318/projeto_de_lei_no_015_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre: a revogação do inciso V do art. 156 Lei Municipal nº 159 de 17 de abril de 2015.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_no_016_2024_credito_especial_ao_orcamento_2024.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_no_016_2024_credito_especial_ao_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/324/projeto_de_lei_no_017_2024.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/324/projeto_de_lei_no_017_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Extinção do CNPJ 06.068.991/0001-20, e dá outras providências.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/325/projeto_de_lei_no_018_2024_credito_s_9lei_aldir_blanc_1.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/325/projeto_de_lei_no_018_2024_credito_s_9lei_aldir_blanc_1.pdf</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/328/projeto_de_lei_no_019_2025_loa_2025.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/328/projeto_de_lei_no_019_2025_loa_2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PEDRA LAVRADA, PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei_no_020_2024_cessao_de_uso.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei_no_020_2024_cessao_de_uso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para cessão de uso de prédios públicos para particulares e dá outras Providências.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/331/projeto_de_lei_no_021_2024_expansao_da_area_urbana_municipal.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/331/projeto_de_lei_no_021_2024_expansao_da_area_urbana_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a expansão urbana do Município e dá outras providências.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/332/projeto_de_lei_no_022_2024.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/332/projeto_de_lei_no_022_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/336/projeto_de_lei_0232024_1.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/336/projeto_de_lei_0232024_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 0276, de 14 de dezembro de 2021, norma que dispõe sobre os valores, alíquotas, isenções, reduções, descontos e condições relativas ao pagamento dos tributos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_lei_024_2024_credito_adiconal_especial.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_lei_024_2024_credito_adiconal_especial.pdf</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/251/pl_1.143_2024.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/251/pl_1.143_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ESTABELECE PISO SALARIAL DO QUADRO EFETIVO E COMISSIONADO DO PODER LEGISLATIVO DE PEDRA LAVRADA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Rossana Costa</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_no_02-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_no_02-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AUTORIZA O PODER EXECUTIVO A DECLARAR A FESTA DE NOSSA SENHORA DA LUZ COMO PATRIMÔNIO HISTÓRICO, CULTURAL E _x000D_
 IMATERIAL DO MUNÍCIPIO DE PEDRA LAVRADA – PB E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>Gilson Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/302/projeto_de_lei_no_003-2024_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/302/projeto_de_lei_no_003-2024_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA "VISÃO BRILHANTE", QUE DETERMINA A NECESSIDADE DE REALIZAR EXAMES OFTALMOLÓGICOS PARA ESTUDANTES MATRICULADOS NA REDE PÚBLICA DE ENSINO FUNDAMENTAL NO MUNICÍPIO DE PEDRA LAVRADA.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_lei_no_04-2024_-_mesa_diretora.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_lei_no_04-2024_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Institui o décimo terceiro salário aos agentes do Poder Executivo e do Poder Legislativo do Município de Pedra Lavrada-PB, os vereadores, o prefeito e o vice-prefeito, e dá outras providências.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>Weverton Marques</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_lei_no_05-2024_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_lei_no_05-2024_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>RECONHECE AS PESSOAS COM FIBROMIALGIA COMO DEFICIENTES E GARANTIAS DOS MESMOS DIREITOS E IGUALDADE E CONDIÇÕES NO ÂMBITO DO_x000D_
 MUNICÍPIO DE PEDRA LAVRADA –PB.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Joilson Melo</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/253/pl_decreto_legislativo_no_001-2024_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/253/pl_decreto_legislativo_no_001-2024_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LAVRADENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/262/pl_decreto_legislativo_no_002-2024_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/262/pl_decreto_legislativo_no_002-2024_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/263/pl_decreto_legislativo_no_003-2024_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/263/pl_decreto_legislativo_no_003-2024_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/272/pl_decreto_legislativo_no_004-2024_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/272/pl_decreto_legislativo_no_004-2024_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/273/pl_decreto_legislativo_no_005-2024_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/273/pl_decreto_legislativo_no_005-2024_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>Mariedgena Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/291/pl_decreto_legislativo_no_006-2024_-_mariedgena_oliveira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/291/pl_decreto_legislativo_no_006-2024_-_mariedgena_oliveira.pdf</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/292/pl_decreto_legislativo_no_007-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/292/pl_decreto_legislativo_no_007-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/293/pl_decreto_legislativo_no_008-2024_-_mariedgena_oliveira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/293/pl_decreto_legislativo_no_008-2024_-_mariedgena_oliveira.pdf</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/303/pl_decreto_legislativo_no_009-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/303/pl_decreto_legislativo_no_009-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO LAVRADENSE, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/305/pl_decreto_legislativo_no_010-2024_-_mariedgena_oliveira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/305/pl_decreto_legislativo_no_010-2024_-_mariedgena_oliveira.pdf</t>
   </si>
   <si>
     <t>“CONCEDE TÍTULO DE CIDADÃO LAVRADENSE, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/312/pl_decreto_legislativo_no_011-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/312/pl_decreto_legislativo_no_011-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/313/pl_decreto_legislativo_no_012-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/313/pl_decreto_legislativo_no_012-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>Andrezza Dantas</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/316/pl_decreto_legislativo_no_013-2024_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/316/pl_decreto_legislativo_no_013-2024_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/317/pl_decreto_legislativo_no_014-2024_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/317/pl_decreto_legislativo_no_014-2024_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_resolucao_no_01-2024.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_resolucao_no_01-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA RESOLUÇÃO 02 DE 11 DE JUNHO DE 2018 E DA CÂMARA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/270/projeto_de_resolucao_no_02-2024_-_altera_regimento_interno.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/270/projeto_de_resolucao_no_02-2024_-_altera_regimento_interno.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS ALTERAÇÕES PROMOVIDAS NO REGIMENTO INTERNO DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_de_resolucao_no_03-2024_-_codigo_de_etica_camara.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_de_resolucao_no_03-2024_-_codigo_de_etica_camara.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO DE ÉTICA E DECORO PARLAMENTAR DA CÂMARA MUNICIPAL, ESTABELECENDO NORMAS DISCIPLINARES E PROCEDIMENTAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/255/requerimento_001-2024_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/255/requerimento_001-2024_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A ADEQUAÇÃO SALARIAL DOS CONDUTORES DE TRANSPORTE ESCOLAR (MOTORISTA CATEGORIA D).</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/256/requerimento_002-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/256/requerimento_002-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETÁRIA DE SAÚDE, BEM COMO A DIREÇÃO DA UMSPL E AO SECRETÁRIO DE ASSISTÊNCIA SOCIAL A CRIAÇÃO DE UMA SALA LILAS, SALA DE ATENDIMENTO ÀS MULHERES CIS E TRANS VÍTIMAS DE VIOLÊNCIA PARA PRESTAR ATENDIMENTO ESPECIALIZADO E HUMANIZADO ÀS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA A SER IMPLANTADA NA UNIDADE MISTA DE SAÚDE DE PEDRA LAVRADA, DENOMINADO GRAZIELLE MARIA DANTAS NUNES.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/257/requerimento_003-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/257/requerimento_003-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE INFRAESTRUTURA, QUE SEJA FEITAS MELHORIAS NO ACESSO A RUA PROJETADA 02 QUE LIGA A RUA ÉDSON WALBER, BEM COMO SOLICITO UM POSTE DE CONCRETO DE ENERGIA PARA A MESMA LOCALIDADE.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/264/requerimento_004-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/264/requerimento_004-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETÁRIA DE EDUCAÇÃO, QUE SEJA OFERTADO FARDAMENTO A TODOS OS ALUNOS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento_005-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento_005-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETÁRIA DE SAÚDE, PARA QUE RETOMEM AOS ATENDIMENTOS (ODONTOLÓGICO, MÉDICO E ENFERMAGEM) NO TURNO DA NOITE (SAÚDE DO TRABALHADOR), NA UBSF BENILDES.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/266/requerimento_006-2024_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/266/requerimento_006-2024_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO LEGISLATIVO, QUE SEJA FEITA A GALERIA ROSA, EM HOMENAGEM AS MULHERES QUE OCUPARAM O CARGO DE VEREADORAS NA CASA EGÍDIO GOMES BARRETO.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/267/requerimento_007-2024_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/267/requerimento_007-2024_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETÁRIA DE EDUCAÇÃO, QUE INCLUAM NO CALENDÁRIO ESCOLAR, A SEMANA ESCOLAR DE COMBATE À VIOLÊNCIA CONTRA A MULHER.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_008-2024_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_008-2024_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO SÍTIO PEDRO PAULO.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_009-2024_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_009-2024_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CONSTRUÇÃO DE UMA QUADRA ESPORTIVA COBERTA NA ESCOLA MANOEL FERREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/274/requerimento_010-2024_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/274/requerimento_010-2024_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA DOAÇÕES DE TERRENOS A PROPRIETÁRIOS DE PEQUENAS INDÚSTRIAS PARA DISTANCIAMENTO DA CIDADE, SE CRIANDO UM DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>Arnoud Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/275/requerimento_011-2024_-_arnoud_cordeiro.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/275/requerimento_011-2024_-_arnoud_cordeiro.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, ILUMINAÇÃO PÚBLICA NAS ENTRADAS DA CIDADE.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>Marconi Buriti</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/276/requerimento_012-2024_-_marconi_buriti.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/276/requerimento_012-2024_-_marconi_buriti.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA A LIMPEZA NA BARRAGEM DE CANOA DE DENTRO.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/277/requerimento_013-2024_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/277/requerimento_013-2024_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>A RECUPERAÇÃO DO MATA-BURRO SITIO CANOINHA LOCALIZADO NO BELO MONTE, NA SAÍDA PARA SERROTE.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento_014-2024_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento_014-2024_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETARIO DE INFRAESTRUTURA DESTE MUNICÍPIO, PARA QUE FAÇA A CAPINAÇÃO NAS RUAS DO DISTRITO DE CUMARU.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/280/requerimento_015-2024_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/280/requerimento_015-2024_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETARIO DE PLANEJAMENTO E COORDENAÇÃO GERAL DESTE MUNICÍPIO, PARA QUE SE PLANEJE E EXECUTE O SÃO JOÃO ANTECIPADO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/281/requerimento_016-2024_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/281/requerimento_016-2024_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE ASSISTÊNCIA SOCIAL, TRABALHO, CIDADANIA E HABITAÇÃO DESTE MUNICÍPIO, QUE OFERTE CURSOS PROFISSIONALIZANTES PARA OS JOVENS MORADORES DA ZONA RURAL.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/282/requerimento_017-2024_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/282/requerimento_017-2024_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, QUE SEJAM REALIZADOS SERVIÇOS DE PAVIMENTAÇÃO EM PARALELEPÍPEDO, E CONSTRUÇÃO DE 3 (TRÊS) PASSAGENS MOLHADAS.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/283/requerimento_018-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/283/requerimento_018-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETÁRIA DE SAÚDE DESTE MUNÍCIPIO, PARA DISPONIBILIZAR NOVOS EQUIPAMENTOS, APARELHOS E MAQUINÁRIOS PARA A SALA DE FISIOTERAPIA DA UMSPL.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/284/requerimento_019-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/284/requerimento_019-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE INFRAESTRUTURA DESTE MUNICÍPIO, PARA QUE FAÇA A LIMPEZA DA PASSAGEM MOLHADA QUE DÁ ACESSO AO CONJUNTO TOMIRES.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_020-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_020-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETÁRIA DE SAÚDE DESTE MUNÍCIPIO, QUE DISPONIBILIZE APARELHO CELULAR (SMARTPHONE), BEM COMO WHATSAPP PARA AS UNIDADES DA ESTRATÉGIA DE SAÚDE DA FAMÍLIA.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/286/requerimento_021-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/286/requerimento_021-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, QUE FAÇA A REDE DE ESGOTO, BEM COMO A PAVIMENTAÇÃO DA MÁRIO FERREIRA DE VASCONCELOS.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_022-2024_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_022-2024_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, REGULAMENTAÇÃO DO REPASSE DE INCENTIVO FINANCEIRO ADICIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AOS AGENTES DE COMBATE ENDEMIAS (ACE), DE PEDRA LAVRADA, NOS TERMOS DA LEI Nº 11.350/2006 E LEI Nº 12.994/2014.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/288/requerimento_023-2024_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/288/requerimento_023-2024_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE AGRICULTURA, PECUÁRIA E ABASTECIMENTO DESTE MUNICÍPIO, QUE OFERTE CURSO DE SUINOCULTURA EM PARCERIA COM A EMPAER, PARA OS PEQUENOS E GRANDES CRIADORES DE PORCOS DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/294/requerimento_024-2024_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/294/requerimento_024-2024_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE O FUTURO ESTÁDIO DE FUTEBOL SEJA NOMEADO DE GURIATAN FERREIRA DANTAS.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/295/requerimento_025-2024_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/295/requerimento_025-2024_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE AGRICULTURA, PECUÁRIA E ABASTECIMENTO DESTE MUNICÍPIO, QUE FAÇA O CADASTRO NA CONAB PARA SE FAZER AQUISIÇÃO DE RAÇÃO ANIMAL, PARA OS PEQUENOS E GRANDES PRODUTORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/296/requerimento_026-2024_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/296/requerimento_026-2024_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PROVIDÊNCIAS ACERCA DA INFESTAÇÃO DE POMBOS, NO GINÁSIO DE ESPORTES ANTÔNIO CORDEIRO NETO.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/297/requerimento_027-2024_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/297/requerimento_027-2024_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, QUE SEJA PROVIDENCIADO BANHEIROS QUÍMICOS NOS FINAIS DE SEMANA (SEXTA, SÁBADO E DOMINGO) NO CENTRO DA CIDADE DE PEDRA LAVRADA, MAIS ESPECIFICAMENTE PRÓXIMO AO PÁTIO DE EVENTOS VALDIRA BRITO, PRAÇA LOCAL.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/298/requerimento_028-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/298/requerimento_028-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO LEGISLATIVO DESTE MUNICÍPIO, PARA FAZER SESSÃO SOLENE DEDICADA A HOMENAGEAR AS MULHERES QUE PASSARAM PELA CASA EGÍDIO GOMES BARRETO.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/299/requerimento_029-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/299/requerimento_029-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE AGRICULTURA, PECUÁRIA E ABASTECIMENTO DESTE MUNICÍPIO, QUE BUSQUE JUNTO À SECRETARIA DO DESENVOLVIMENTO DA AGROPECUÁRIA E DA PESCA, ENTREGA DE ALEVINOS AOS AGRICULTORES DO NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_030-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_030-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO E AO SECRETÁRIO DE INFRAESTRUTURA, A LIMPEZA DO ESPAÇO VERDE POR TRÁS DA CAPELA NOSSA SENHORA APARECIDA, REGULARIZAÇÃO DA REDE DE SANEAMENTO (ESGOTO) DAS CASAS E UMA LOMBADA DE REDUÇÃO DE VELOCIDADE NA RUA HILDA VASCONCELOS.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/306/requerimento_031-2024_-_arnoud_cordeiro.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/306/requerimento_031-2024_-_arnoud_cordeiro.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFEDE EXECUTIVO DESTE MUNICÍPIO, A CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO SITIO CALDEIRÃO.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/307/requerimento_032-2024_-_arnoud_cordeiro.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/307/requerimento_032-2024_-_arnoud_cordeiro.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DE EXECUTIVO DESTE MUNICÍPIO, PARA QUE CONSIGA JUNTO AO DER – PB A CONSTRUÇÃO DE DOIS QUEBRA – MOLAS EM FRENTE A ANTIGA TELPA.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/308/requerimento_033-2024_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/308/requerimento_033-2024_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA AOCHEFE DO EXECUTIVO DESTE MUNICÍPIO, CONSTRUÇÃO DE DOIS “MATA BURRO”, NAS DUAS ENTRADAS DO AÇUDE DA MALIÇA, UM NAS MEDIAÇÕES DOS HERDEIROS DE SEU CHICO DE BOINHO E OUTRO NAS MEDIAÇÕES DE DR. NILO TRIGUEIRO ONDE AS MESMAS DÃO ACESSO AO AÇUDE.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/314/requerimento_034-2024_-_marconi_buriti.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/314/requerimento_034-2024_-_marconi_buriti.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICIPIO, A CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO SITIO CORDEIRO.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/321/requerimento_035-2024_-_marconi_buriti.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/321/requerimento_035-2024_-_marconi_buriti.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PAVIMENTAÇÃO ENTRE AS CASAS DE JUNIOR DO “PISEIRO NO SÍTIO NOVO” E MIGUEL DE LOURENÇO</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/322/requerimento_036-2024_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/322/requerimento_036-2024_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA MUNICIPAL DE SAÚDE DESTE MUNICÍPIO, AQUISIÇÃO DE FARDAMENTO PARA OS AGENTES COMUNITÁRIOS DE SAÚDE.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/326/requerimento_037-2024_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/326/requerimento_037-2024_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA MUNICIPAL DE SAÚDE DESTE MUNICÍPIO, AQUISIÇÃO DE APARELHO DE ULTRASSONOGRAFIA.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/327/requerimento_038-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/327/requerimento_038-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A ELABORAÇÃO DE UM PROJETO DE LEI.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_039-2024_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_039-2024_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A REFORMA DO PSF JOANA ALVES NA COMUNIDADE DE SERROTE.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/333/requerimento_040-2024_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/333/requerimento_040-2024_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO E AO SECRETÁRIO DE INFRAESTRUTURA, QUE SEJA CONSTRUIDA UMA PRAÇA DE LAZER NA RUA ILDA VASCONCELOS, EM FRENTE A CAPELA NOSSA SENHORA APARECIDA.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICIPIO, A AQUISIÇÃO DE UM TERRENO NO DISTRITO CUMARUS PARA DEPÓSITO DO LIXO.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/335/requerimento_042-2024_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/335/requerimento_042-2024_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INFORMAÇÕES SOBRE A IMPLANTAÇÃO DO DISTRITO CUMARUS E A CRIAÇÃO FORMAL DO DISTRITO.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/338/requerimento_043-2024_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/338/requerimento_043-2024_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICIPIO, EXIGÊNCIA DE QUALIFICAÇÃO MÍNIMA E REMUNERAÇÃO PARA CUIDADORES ESCOLARES.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/339/requerimento_044-2024_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/339/requerimento_044-2024_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICIPIO, A CONSTRUÇÃO DA REDE COLETORA DE ESGOTO DA RUA EDSON WALBER, SOLICITANDO ALTERNATIVA VIÁVEL PARA INSTALAÇÃO POR MEIO DA PROPRIEDADE DE MANOEL MONTEIRO.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/279/proposta_de_emenda_a_lei_organica_001-2024.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/279/proposta_de_emenda_a_lei_organica_001-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA, ACRESCENTA E SUPRIME DIVERSAS DISPOSIÇÕES DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/254/mocao_de_aplausos_01-2024.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/254/mocao_de_aplausos_01-2024.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO JOVEM ATLETA TULIO DIEGO CORDEIRO DANTAS.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_complementar_01_2024_1.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_complementar_01_2024_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 06, de 14 de dezembro de 2021, norma que dispõe sobre o Código Tributário municipal e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1397,68 +1397,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/304/regimento_intermo_conselho_municipal_de_previdencia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_01_2024_reajuste_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_02_2024_rejuste_magisterio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_03_2024_nomeclatura_escolas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_lei_04_2024_altera_a_lei_231_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_05_2024_altera_a_lei_282_de_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/289/projeto_de_lei_06_2024_cria_o_conselho_de_direitos_da_mulher__e_respectivo_fundo_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/290/projeto_de_lei_07_2024_autoriza_permuta_de_area_de_propriedade_municipal.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/301/projeto_de_lei_no_08_2024_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/309/projeto_de_lei_09_2024_permuta_terreno_canta_galo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/310/projeto_de_lei_no_10_2024_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/311/projeto_de_lei_11_2024_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/315/projeto_de_lei_012-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/319/projeto_de_lei_013_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/320/projeto_de_lei_no_014_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/318/projeto_de_lei_no_015_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_no_016_2024_credito_especial_ao_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/324/projeto_de_lei_no_017_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/325/projeto_de_lei_no_018_2024_credito_s_9lei_aldir_blanc_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/328/projeto_de_lei_no_019_2025_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei_no_020_2024_cessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/331/projeto_de_lei_no_021_2024_expansao_da_area_urbana_municipal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/332/projeto_de_lei_no_022_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/336/projeto_de_lei_0232024_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_lei_024_2024_credito_adiconal_especial.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/251/pl_1.143_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_no_02-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/302/projeto_de_lei_no_003-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_lei_no_04-2024_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_lei_no_05-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/253/pl_decreto_legislativo_no_001-2024_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/262/pl_decreto_legislativo_no_002-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/263/pl_decreto_legislativo_no_003-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/272/pl_decreto_legislativo_no_004-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/273/pl_decreto_legislativo_no_005-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/291/pl_decreto_legislativo_no_006-2024_-_mariedgena_oliveira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/292/pl_decreto_legislativo_no_007-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/293/pl_decreto_legislativo_no_008-2024_-_mariedgena_oliveira.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/303/pl_decreto_legislativo_no_009-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/305/pl_decreto_legislativo_no_010-2024_-_mariedgena_oliveira.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/312/pl_decreto_legislativo_no_011-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/313/pl_decreto_legislativo_no_012-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/316/pl_decreto_legislativo_no_013-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/317/pl_decreto_legislativo_no_014-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_resolucao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/270/projeto_de_resolucao_no_02-2024_-_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_de_resolucao_no_03-2024_-_codigo_de_etica_camara.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/255/requerimento_001-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/256/requerimento_002-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/257/requerimento_003-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/264/requerimento_004-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento_005-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/266/requerimento_006-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/267/requerimento_007-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_008-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_009-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/274/requerimento_010-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/275/requerimento_011-2024_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/276/requerimento_012-2024_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/277/requerimento_013-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento_014-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/280/requerimento_015-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/281/requerimento_016-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/282/requerimento_017-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/283/requerimento_018-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/284/requerimento_019-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_020-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/286/requerimento_021-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_022-2024_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/288/requerimento_023-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/294/requerimento_024-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/295/requerimento_025-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/296/requerimento_026-2024_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/297/requerimento_027-2024_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/298/requerimento_028-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/299/requerimento_029-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_030-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/306/requerimento_031-2024_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/307/requerimento_032-2024_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/308/requerimento_033-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/314/requerimento_034-2024_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/321/requerimento_035-2024_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/322/requerimento_036-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/326/requerimento_037-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/327/requerimento_038-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_039-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/333/requerimento_040-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/335/requerimento_042-2024_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/338/requerimento_043-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/339/requerimento_044-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/279/proposta_de_emenda_a_lei_organica_001-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/254/mocao_de_aplausos_01-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_complementar_01_2024_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/304/regimento_intermo_conselho_municipal_de_previdencia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/249/projeto_de_lei_01_2024_reajuste_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/250/projeto_de_lei_02_2024_rejuste_magisterio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/252/projeto_de_lei_03_2024_nomeclatura_escolas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/258/projeto_de_lei_04_2024_altera_a_lei_231_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/259/projeto_de_lei_05_2024_altera_a_lei_282_de_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/289/projeto_de_lei_06_2024_cria_o_conselho_de_direitos_da_mulher__e_respectivo_fundo_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/290/projeto_de_lei_07_2024_autoriza_permuta_de_area_de_propriedade_municipal.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/301/projeto_de_lei_no_08_2024_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/309/projeto_de_lei_09_2024_permuta_terreno_canta_galo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/310/projeto_de_lei_no_10_2024_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/311/projeto_de_lei_11_2024_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/315/projeto_de_lei_012-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/319/projeto_de_lei_013_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/320/projeto_de_lei_no_014_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/318/projeto_de_lei_no_015_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/323/projeto_de_lei_no_016_2024_credito_especial_ao_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/324/projeto_de_lei_no_017_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/325/projeto_de_lei_no_018_2024_credito_s_9lei_aldir_blanc_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/328/projeto_de_lei_no_019_2025_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/329/projeto_de_lei_no_020_2024_cessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/331/projeto_de_lei_no_021_2024_expansao_da_area_urbana_municipal.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/332/projeto_de_lei_no_022_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/336/projeto_de_lei_0232024_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/342/projeto_de_lei_024_2024_credito_adiconal_especial.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/251/pl_1.143_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/260/projeto_de_lei_no_02-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/302/projeto_de_lei_no_003-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/340/projeto_de_lei_no_04-2024_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/341/projeto_de_lei_no_05-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/253/pl_decreto_legislativo_no_001-2024_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/262/pl_decreto_legislativo_no_002-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/263/pl_decreto_legislativo_no_003-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/272/pl_decreto_legislativo_no_004-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/273/pl_decreto_legislativo_no_005-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/291/pl_decreto_legislativo_no_006-2024_-_mariedgena_oliveira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/292/pl_decreto_legislativo_no_007-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/293/pl_decreto_legislativo_no_008-2024_-_mariedgena_oliveira.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/303/pl_decreto_legislativo_no_009-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/305/pl_decreto_legislativo_no_010-2024_-_mariedgena_oliveira.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/312/pl_decreto_legislativo_no_011-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/313/pl_decreto_legislativo_no_012-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/316/pl_decreto_legislativo_no_013-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/317/pl_decreto_legislativo_no_014-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/261/projeto_de_resolucao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/270/projeto_de_resolucao_no_02-2024_-_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/271/projeto_de_resolucao_no_03-2024_-_codigo_de_etica_camara.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/255/requerimento_001-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/256/requerimento_002-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/257/requerimento_003-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/264/requerimento_004-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/265/requerimento_005-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/266/requerimento_006-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/267/requerimento_007-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/268/requerimento_008-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/269/requerimento_009-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/274/requerimento_010-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/275/requerimento_011-2024_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/276/requerimento_012-2024_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/277/requerimento_013-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/278/requerimento_014-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/280/requerimento_015-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/281/requerimento_016-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/282/requerimento_017-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/283/requerimento_018-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/284/requerimento_019-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/285/requerimento_020-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/286/requerimento_021-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/287/requerimento_022-2024_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/288/requerimento_023-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/294/requerimento_024-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/295/requerimento_025-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/296/requerimento_026-2024_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/297/requerimento_027-2024_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/298/requerimento_028-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/299/requerimento_029-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/300/requerimento_030-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/306/requerimento_031-2024_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/307/requerimento_032-2024_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/308/requerimento_033-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/314/requerimento_034-2024_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/321/requerimento_035-2024_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/322/requerimento_036-2024_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/326/requerimento_037-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/327/requerimento_038-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/330/requerimento_039-2024_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/333/requerimento_040-2024_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/335/requerimento_042-2024_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/338/requerimento_043-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/339/requerimento_044-2024_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/279/proposta_de_emenda_a_lei_organica_001-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/254/mocao_de_aplausos_01-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2024/337/projeto_de_lei_complementar_01_2024_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="159" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="158.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>