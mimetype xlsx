--- v0 (2025-10-11)
+++ v1 (2026-03-06)
@@ -48,1305 +48,1305 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Projeto de Lei</t>
+    <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_complementar_01_2023.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_complementar_01_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI COMPLEMENTAR Nº 04 DE 2021, ACRESCENTA O ARTIGO 14 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/119/projeto_de_lei_001_2023_reajuste_do_magisterio.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/119/projeto_de_lei_001_2023_reajuste_do_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE SALARIAL ÀS CATEGORIAS FUNCIONAIS DO MAGISTÉRIO MUNICIPAL E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_002_2023_revisao_anual_servidores_executivo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_002_2023_revisao_anual_servidores_executivo.pdf</t>
   </si>
   <si>
     <t>“ESTABELECE A REVISÃO GERAL ANUAL DAS REMUNERAÇÕES E SUBSÍDOS DOS SERVIDORES PÚBLICOS INTEGRANTES DO QUADRO DE PESSOAL DO_x000D_
 PODER EXECUTIVO E O REAJUSTE DOS BENEFÍCIOS PREVIDENCIÁRIOS CONCEDIDOS PELO IPSMPL DE PEDRA LAVRADA/PB, E ADOTA OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_lei_003_2023.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_lei_003_2023.pdf</t>
   </si>
   <si>
     <t>Altera a lei 0276, de 14 de dezembro de 2021, norma que dispõe sobre os valores, alíquotas e isenções concernentes aos tributos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_lei_004_2023_3.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_lei_004_2023_3.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A ADEQUAÇÃO DA JORNADA DE TRABALHO E PISO SALARIAL DOS ODONTÓLOGOS. LEI Nº 3.999/1961. A ADEQUAÇÃO DA JORNADA DE TRABALHO E PISO SALARIAL DOS ENGENHEIROS. LEI Nº 4.950-A/1966. CRIA CARGO EM COMISSÃO, ALTERA NUMERO DE VAGAS, ESTABELECE REAJUSTE SALARIAL PARA AS CATEGORIAS DE MÉDICOS, PSICÓLOGOS, ASSISTENTES SOCIAIS, BIOQUIMICOS E NUTRCIONISTA DO PODER EXECUTIVO MUNICIPAL E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_005_2023.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_005_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial ao Orçamento do Município de Pedra Lavrada exercício de 2023, e dá outras Providências.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_lei_006_conselho_tutelar.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_lei_006_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Estabelece a Estrutura e o Funcionamento do Conselho Tutelar de Pedra Lavrada PB e dá outras providências.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_007_denomina_logradouro.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_007_denomina_logradouro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: DENOMINA DE EMEI E FUNDAMENTAL LOGRADOURO PÚBLICO, LOCALIZADA NA COMUNIDADE DE QUISSERENGUE ZONA RURAL DE PEDRA LAVRADA PB E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/160/projeto_de_lei_008_2023.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/160/projeto_de_lei_008_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_lei_009_2023_credito_adicional_mercado_publico.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_lei_009_2023_credito_adicional_mercado_publico.pdf</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/162/projeto_de_lei_010_reajuste_sm_mp_1.172.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/162/projeto_de_lei_010_reajuste_sm_mp_1.172.pdf</t>
   </si>
   <si>
     <t>Reajusta o vencimento mínimo dos servidores públicos do Município de Pedra Lavrada e dá outras providências.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_011_2023_instituto.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_011_2023_instituto.pdf</t>
   </si>
   <si>
     <t>INSTITUI O VALOR ANUAL DA TAXA DE ADMINISTRAÇÃO PARA MANUTENÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE PEDRA LAVRADA.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_012_instituto.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_012_instituto.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE: REVOGA A LEI Nº 229 DE 18 DE SETEMBRO DE 2019. E CRIA O CARGO DE DIRETOR DE RECURSOS PARA ATUAÇÃO NO _x000D_
 INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE PEDRA LAVRADA</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_013_altera_redacao_e_da_ementa_a_lei_municipal_no_068_de_04_de_julho_de_2011_cria_o_fundo_municipal_dos_direitos_do_idoso_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_013_altera_redacao_e_da_ementa_a_lei_municipal_no_068_de_04_de_julho_de_2011_cria_o_fundo_municipal_dos_direitos_do_idoso_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ALTERA REDAÇÃO E DÁ EMENTA ALEI MUNICIPAL Nº 068, DE 04 DE JULHO DE 2011,CRIA O FUNDO MUNICIPAL DOS DIREITOS DO_x000D_
 IDOSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_lei_014_2023_altera_a_lei_047_2009_e_implanta_1_6_de_ferias_ao_magisterio.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_lei_014_2023_altera_a_lei_047_2009_e_implanta_1_6_de_ferias_ao_magisterio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre: Alteração a redação do § 5º do Art. 45 da Lei Municipal nº 47 de 2009 para implementação do pagamento do 1/6 (um sexto) de férias aos profissionais do magistério.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_015_2023.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_015_2023.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Programa de Busca Ativa Escolar e o Programa de Recuperação das Aprendizagens para estudantes da educação básica.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_016_2023.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_016_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 6º INCLUINDO O PARÁGRAFO ÚNICO DA LEI 0142 DE 22 DE JANEIRO DE 2014, ALTERA O QUADRO ANEXO DE VIGÊNCIA DO PLANO DE AMORTIZAÇÃO CONFORME RESULTADOS DA REAVALIAÇÃO ATUARIAL DO EXERCÍCIO DE 2023, VISANDO O EQUACIONAMENTO DO PASSIVO ATUARIAL DO IPSMPL.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_lei_017_2023_abertura_de_credito_adicional.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_lei_017_2023_abertura_de_credito_adicional.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DOMUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_lei_018_abertura_de_credito_adicional_especial_paulo_ricardo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_lei_018_abertura_de_credito_adicional_especial_paulo_ricardo.pdf</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_019-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_019-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER PARCELA DE COMPLEMENTAÇÃO DO VENCIMENTO AOS ENFERMEIROS, TÉCNICOS DE ENFERMAGEM,_x000D_
 INTEGRANTES DO QUADRO DE SERVIDORES DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_020-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_020-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/185/projeto_de_lei_021-2023_-_poder_executivo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/185/projeto_de_lei_021-2023_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA CESSÃO DE USO DE PRÉDIOS PÚBLICOS PARA PARTICULARES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/190/projeto_de_lei_022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/190/projeto_de_lei_022.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE OS BENEFÍCIOS ESTATUTÁRIOS DE AUXÍLIO POR INCAPACIDADE TEMPORÁRIA, SALÁRIO MATERNIDADE, SALÁRIO FAMÍLIA E AUXÍLIO RECLUSÃO NO ÂMBITO DO REGIME ESTATUTÁRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.” (APRESENTAÇÃO.)</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/191/projeto_de_lei_no_023_altera_dispositivo_da_lei_304_2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/191/projeto_de_lei_no_023_altera_dispositivo_da_lei_304_2022.pdf</t>
   </si>
   <si>
     <t>“ALTERA O DISPOSITIVO DA LEI Nº 304/2022, DE 13/09/2022 E DÁ OUTRAS PROVIDÊNCIAS.” (CARÁTER DE URGÊNCIA.)</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_no_024_credito_adicional_especial_ao_orcamento_a_social_1.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_no_024_credito_adicional_especial_ao_orcamento_a_social_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS. (CARÁTER DE URGÊNCIA.)</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/193/projeto_de_lei_no_025_2023_credito_adicional_especial_ao_orcamento_cultura_c_futebol_1.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/193/projeto_de_lei_no_025_2023_credito_adicional_especial_ao_orcamento_cultura_c_futebol_1.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.” (CARÁTER DE URGÊNCIA.)</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_no_026_credito_adicional_especial_ao_orcamento_2023_a_social.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_no_026_credito_adicional_especial_ao_orcamento_2023_a_social.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2023, E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_027_2023_loa_2024_2.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_027_2023_loa_2024_2.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PEDRA LAVRADA, PARA O EXERCÍCIO DE _x000D_
 2024, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_028_2023_altera_dispositivo_da_lei_no_228_de_09_de_julho_de_2019_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_028_2023_altera_dispositivo_da_lei_no_228_de_09_de_julho_de_2019_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 228 DE 09 DE JULHO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_029_2023_regentes_de_ensino.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_029_2023_regentes_de_ensino.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO O § 5º DO ARTIGO 57 DA LEI 047 DE 18 DE NOVEMBRO DE 2009; CONCESSÃO DE REAJUSTE SALARIAL À CATEGORIA REGENTES DE ENSINO, INTEGRANTES DO MAGISTÉRIO MUNICIPAL; AUTORIZAÇÃO PARA PAGAMENTO DO PISO NACIONAL DO MAGISTÉRIO AOS SERVIDORES CONTRATATOS POR EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO ART. 37, IX DA CF E DA LEI MUNICIPAL Nº 105 DE 2013 E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/216/projeto_de_lei_030_2023_desafetacao_e_respectiva_baixa_de_bens_inserviveis.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/216/projeto_de_lei_030_2023_desafetacao_e_respectiva_baixa_de_bens_inserviveis.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO E RESPECTIVA BAIXA DE BENS MÓVEIS CLASSIFICADOS COMO INSERVÍVEIS, POR MOTIVO ANTIECONÔMICO OU IRRECUPERÁVEL, PARA O MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/227/projeto_de_lei_031_2023_abertura_de_credito_especial_ao_orcamento_saude.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/227/projeto_de_lei_031_2023_abertura_de_credito_especial_ao_orcamento_saude.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_lei_032_2023_politica_mun_de_saneamento_basico_e_aprovacao_do_pmsb.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_lei_032_2023_politica_mun_de_saneamento_basico_e_aprovacao_do_pmsb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Saneamento Básico, aprova o Plano Municipal de Saneamento Básico e dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_033_2023_dispoe_sobre_autorizacao_para_cessao_de_uso_de_predios_publicos_para_particulares_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_033_2023_dispoe_sobre_autorizacao_para_cessao_de_uso_de_predios_publicos_para_particulares_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para cessão de uso de prédios públicos para particulares e dá outras Providências.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_034_2023_dispoe_sobre_a_abertura_de_credito_adicional_especial_ao_orcamento_do_municipio_de_pedra_lavrada_exercicio_de_2023_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_034_2023_dispoe_sobre_a_abertura_de_credito_adicional_especial_ao_orcamento_do_municipio_de_pedra_lavrada_exercicio_de_2023_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2023, E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_035_2023_abertura_de_credito_especial_ao_orcamento_2023_diversos.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_035_2023_abertura_de_credito_especial_ao_orcamento_2023_diversos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE PEDRA LAVRADA EXERCÍCIO DE 2023, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_036_2023_autoriza_o_remanejamento_transposicao_e_transferencia_de_recursos_de_dotacao_orcamentaria.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_036_2023_autoriza_o_remanejamento_transposicao_e_transferencia_de_recursos_de_dotacao_orcamentaria.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REMANEJAMENTO, A TRANSPOSIÇÃO E A TRANSFERÊNCIA DE RECURSOS DAS DOTAÇÕES ORÇAMENTARIAS CONSTANTES NA LEI ORÇAMENTARIA ANUAL PARA 2023 ATÉ O LIMITE QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/242/projeto_de_lei_037_2023_dispoe_sobre_autorizacao_para_remanejar_dotacoes_orcamentarias_no_orcamento_vigente_e_da_outras_providencias_e_abertura_de_credito_especial_camara.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/242/projeto_de_lei_037_2023_dispoe_sobre_autorizacao_para_remanejar_dotacoes_orcamentarias_no_orcamento_vigente_e_da_outras_providencias_e_abertura_de_credito_especial_camara.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA REMANEJAR DOTAÇÕES ORÇAMENTARIAS NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_no_001_legislativo_-_2023.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_no_001_legislativo_-_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ESTABELECE PISO SALARIAL DO QUADRO EFETIVO E COMISSIONADO DO PODER LEGISLATIVO DE PEDRA LAVRADA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Mariedgena Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_no_002-2023_-_legislativo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_no_002-2023_-_legislativo.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE RUA MARIA ERENICE MACEDO GOMES, A VIA LOCAL VI, QUE LIGA AS VIAS LOCAIS IV E V, EM FRENTE A CASA DE FABINHO, NO BAIRRO EDINATO TAVARES, NA CIDADE DE PEDRA LAVRADA – PB.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Rossana Costa</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_lei_no03-2023_-_rossana.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_lei_no03-2023_-_rossana.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA “ABRIL VERDE” NO MUNICÍPIO DE PEDRA LAVRADA/PB E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_lei_no04-2023_-_rossana.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_lei_no04-2023_-_rossana.pdf</t>
   </si>
   <si>
     <t>REDUÇÃO DA CARGA HORÁRIA DE TRABALHO PARA FUNCIONÁRIO PÚBLICO MUNICIPAL COM FILHO (a) PORTADOR (a) DE TEA (Transtorno do Espectro Autista, e suas abrangências) E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_no05-2023_-_rossana.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_no05-2023_-_rossana.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Municipal o dia da “Conscientização e Combate ao Feminicídio e à Violência contra a Mulher”.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_lei_no06-2023_-_rossana.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_lei_no06-2023_-_rossana.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE: INTITUIR O BANCO DE ALIMENTOS DE PEDRA LAVRADA - PB – BAPL, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/146/projeto_de_lei_no07-2023_-_rossana.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/146/projeto_de_lei_no07-2023_-_rossana.pdf</t>
   </si>
   <si>
     <t>“ESTABELECE MEDIDASPREVENTIVAS E PROTETIVAS PARA OS CASOS DE VIOLÊNCIA CONTRA PROFESSORES DAS REDES DE ENSINO DO MUNICÍPIO _x000D_
 DE PEDRA LAVRADA - PB.”</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/166/pedra_lavrada_-_lei_008-2023_autoria_legislativo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/166/pedra_lavrada_-_lei_008-2023_autoria_legislativo.pdf</t>
   </si>
   <si>
     <t>Reajusta o vencimento mínimo dos servidores públicos da Câmara Municipal de Pedra Lavrada e dá outras providências</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/207/pl_009-2023_-_doacao_de_bens.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/207/pl_009-2023_-_doacao_de_bens.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE DOAÇÃO DE VEÍCULO DA CÂMARA MUNICIPAL DE PEDRA LAVRADA – PB Á SECRETARIA DE SAÚDE DA PREFEITURA MUNICIPAL DE PEDRA LAVRADA –PB E CONTÉM OUTRAS PROVIDÊNCIAS CORRELATAS.”</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Conhece a utilidade pública da Associação de Criadores de Caprinos e Ovinos de Pedra Lavrada, que passou a se chamar Associação de Agropecuários de Seridó e Curimatú.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/239/pl_011-2023_-_legislativo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/239/pl_011-2023_-_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: FIXA SUBSÍDIOS DO PREFEITO, VICE-PREFEITO, SECRETÁRIOS MUNICIPAIS E DIRETOR PRESIDENTE DO IPSMPL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Gilson Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_01-2023_-_gilson_ferreira_.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_01-2023_-_gilson_ferreira_.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LAVRADENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/156/projeto_02-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/156/projeto_02-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_03-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_03-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_04-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_04-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_05-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_05-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/195/projeto_06-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/195/projeto_06-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>“CONCEDE TÍTULO DE CIDADÃO LAVRADENSE, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_07-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_07-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_08-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_08-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>Andrezza Dantas</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_09-2023_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_09-2023_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/225/decreto_legislativo_no_010-2023_-_mesa_diretora.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/225/decreto_legislativo_no_010-2023_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXTINÇÃO DE MANDATO DE VEREADOR DO MUNICÍPIO DE PEDRA LAVRADA PB, EM DECORRÊNCIA DA MORTE DO TITULAR</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_11-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_11-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_12-2023_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_12-2023_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_13-2023_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_13-2023_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>Weverton Marques</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_14-2023_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_14-2023_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>José Júnior</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_15-2023_-_jose_junio.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_15-2023_-_jose_junio.pdf</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_resolucao_01-2023.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_resolucao_01-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: REMUNERAÇÃO DO PRESIDENTE DA CÂMARA E VEREADORES DO MUNICIPIO PARA A LEGISLATURA A INICIAR-SE EM 1º DE JANEIRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Joilson Melo</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Retirada de pauta o projeto de lei 004/2023</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/127/requerimento_01-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/127/requerimento_01-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA DE EDUCAÇÃO DESTE MUNICÍPIO, QUE FORNEÇA UNIFORME ESCOLAR PARA TODOS OS ALUNOS DA REDE MUNICIPAL DE ENSINO</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_02-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_02-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA DISPONIBILIZADO POR PARTE DA PREFEITURA MUNICIPAL, SECRETARIA DE SAÚDE E DIREÇÃO DA UMSPL, UM SINAL DE WI-FI _x000D_
 GRATUITO PARA OS PACIENTES E ACOMPANHANTES DA UNIDADE MISTA DE SAÚDE DE PEDRA LAVRADA - UMSPL , JÁ QUE NEM TODOS OS PACIENTES TEM INTERNET DE SUAS OPERADORAS E ASSIM FACILITAR A COMUNICAÇÃO ENTRE OS FAMILIARES DOS DOENTES.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/130/requerimento_03-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/130/requerimento_03-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO E DA SECRETARIA DE SAÚDE, A IMPLANTAÇÃO DO NOVO PISO SALARIAL DA ENFERMAGEM.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_04-2023_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_04-2023_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA UM QUEBRA MOLAS ENTRE A IGREJA E A CASA DO SR. JOÃO DE MELO NO DISTRITO DE CUMARU.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/134/requerimento_05-2023_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/134/requerimento_05-2023_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, SEÇÃO DE USO NOS TERMOS DA LEI Nº 0182/2016 DE 28 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_06-2023_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_06-2023_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA DE EDUCAÇÃO DESTE MUNICÍPIO, QUE SEJA OFERTADO PARA OS CONDUTORES DE TRANSPORTE  ESCOLAR CURSO DE PRIMEIROS SOCORROS.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Guriatan Dantas</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_07-2023_-_guriatan_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_07-2023_-_guriatan_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, CONSTRUÇÃO DE DUAS QUADRAS COM COBERTURA, E CONSTRUÇÃO DE DUAS ACADEMIAS DE SAÚDE.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_08-2023_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_08-2023_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, QUE REQUEIRA JUNTO AO GOVERNO DO ESTADO UM CENTRO DE ATENDIMENTO INTEGRADO EM SAÚDE PRA CRIANÇAS AUTISTAS.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_09-2023_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_09-2023_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE SEJA TOMADA AS DEVIDAS PROVIDÊNCIAS A RESPEITO DA REDE ELÉTRICA QUE PASSA POR CIMA DA QUADRA DE ESPORTES EM CANOA DE DENTRO</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_10-2023_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_10-2023_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, INSTALE DETECTORES DE METAIS EM TODAS AS ESCOLAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_11-2023_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_11-2023_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA DE EDUCAÇÃO DESTE MUNICÍPIO, QUE DISPONIBILIZE UM PSICÓLOGO PARA NOSSO ALUNADO</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_12-2023_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_12-2023_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NA DIVISA DOS SÍTIOS SÃO GONÇALO E BELA VISTA DE SÃO GONÇALO.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Marconi Buriti</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/150/requerimento_13-2023_-_joao_marconi.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/150/requerimento_13-2023_-_joao_marconi.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CONSTRUÇÃO DE DOIS QUEBRA-MOLAS NA ZONA RURAL.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_14-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_14-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA DE EDUCAÇÃO DESTE MUNICÍPIO, QUE SEJA OFERTADO NO ENSINO INTEGRAL, AULAS DE INFORMÁTICA PARA OS ALUNOS DO ENSINO FUNDAMENTAL NA ZONA URBANA E RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_15-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_15-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, REFORMA NA ESCOLA MANOEL FERREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_16-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_16-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE CONSTRUA TODOS OS CANTEIROS DAS RUAS DA NOSSA CIDADE COM PEDRAS DECORATIVAS DE JARDIM.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_17-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_17-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, CAPACITAÇÃO AOS PROFISSIONAIS DA EDUCAÇÃO E SAÚDE SOBRE TRANSTORNO DO NEURO DESENVOLVIMENTO.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/158/requerimento_18-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/158/requerimento_18-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, DOAÇÃO DE NOTEBOOKS PARA OS PROFESSORES DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_19-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_19-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE SE CRIE UM ORÇAMENTO DEMOCRÁTICO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/167/requerimento_20-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/167/requerimento_20-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/168/requerimento_21-2023_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/168/requerimento_21-2023_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE ASSISTÊNCIA SOCIAL, TRABALHO, CIDADANIA E HABITAÇÃO DESTE MUNICÍPIO, PARA QUE OFERTE OFICINAS DE INCLUSÃO DIGITAL PARA IDOSOS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_22-2023_-_joao_marconi.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_22-2023_-_joao_marconi.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, QUE CONSTRUA UMA ACADEMIA DE SAÚDE NA COMUNIDADE DE CANOA DE DENTRO.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/177/requerimento_23-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/177/requerimento_23-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA DE SAÚDE DESTE MUNICÍPIO, PARA QUE DISPONIBILIZE MEIOS DE COMUNICAÇÃO VIA WHATSAPP PARA O HOSPITAL MUNICIPAL E A SECRETÁRIA DE SAÚDE.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_24-2023_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_24-2023_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CONSTRUÇÃO DE DUAS PASSAGENS MOLHADA NA COMUNIDADE DE CANOA DE DENTRO.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_25-2023_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_25-2023_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, CUMPRIMENTO DAS LEIS Nº 0123/2013/ Nº 0221/ 2019.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_26-2023_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_26-2023_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA O ESGOTAMENTO SANITÁRIO NO CONJUNTO EDNATO TAVARES.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_27-2023_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_27-2023_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO ATRAVÉS DA SECRETARIA MUNICIPAL DE AÇÃO SOCIAL, A ADOÇÃO DE MEDIDAS ADMINISTRATIVAS COM OBJETIVO DE ASSISTIR MORADORES DE BAIXA RENDA PARA O REQUERIMENTO DE BENEFÍCIOS SOCIAIS JUNTO AO INSTITUTO NACIONAL DE SEGURIDADE SOCIAL (INSS)</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/187/requerimento_28-2023_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/187/requerimento_28-2023_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_29-2023_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_29-2023_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>REQUER DA MESA DIRETORA ENVIO DE MOÇÃO DE APOIO AO CONGRESSO NACIONAL, EM FACE DA IMINENTE LEGALIZACAO DO ABORTO POR MEIO DA ADPF 442 PELO STF, A FIM DE GARANTIR AS PRERROGATIVAS CONSTITUCIONAIS E REPUBLICANAS DAS COMPETENCIAS DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_30-2023_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_30-2023_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/198/requerimento_31-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/198/requerimento_31-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE INSTALE MASTROS EXTERNOS PARA HASTEAMENTOS DE BANDEIRAS.”</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/199/requerimento_32-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/199/requerimento_32-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA A COLETA DE LIXO NA COMUNIDADE MALHADA DA BEZERRA.”</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_33-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_33-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA O RESTANTE DA PAVIMENTAÇÃO DA RUA VEREADOR PEDRO RAIMUNDO DOS SANTOS SENTIDO AO CEMITÉRIO SANTO ESPEDITO.”</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/201/requerimento_34-2023_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/201/requerimento_34-2023_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, CONTRATAÇÃO DE UMA EMPRESA ESPECIALIZADA EM SERVIÇOS DE CONSULTA, FORNECIMENTO E CONFECÇÃO DE ÓCULOS (ARMAÇÃO COM PARES DE LENTES) PARA ATENDIMENTO DE PESSOAS CARENTES ASSISTIDOS PELO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL E FUNDO MUNICIPAL DE SAÚDE.”</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/202/requerimento_35-2023_-_marconi_buriti.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/202/requerimento_35-2023_-_marconi_buriti.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA PAVIMENTAÇÃO PRÓXIMO A CASA DE ZUQUINHA NA COMUNIDADE DE CANOA DE DENTRO.”</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/203/requerimento_36-2023_-_marconi_buriti.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/203/requerimento_36-2023_-_marconi_buriti.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CONSTRUÇÃO DE PASSAGENS MOLHADA NAS COMUNIDADES DE CANOA DE DENTRO E DE GAMELEIRA.”</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/208/requerimento_37-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/208/requerimento_37-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CONSTRUÇÃO DE QUATRO PASSAGENS MOLHADAS.”</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/209/requerimento_38-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/209/requerimento_38-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA A PAVIMENTAÇÃO NA COMUNIDADE MALHADA DA BEZERRA.”</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/213/requerimento_39-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/213/requerimento_39-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>“SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CONSTRUÇÃO DE UMA ACADEMIA DE SAÚDE NA COMUNIDADE MALHADA DA BEZERRA.”</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/220/requerimento_40-2023_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/220/requerimento_40-2023_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, CONSTRUÇÃO DE UM QUEBRA-MOLAS NA RUA HERONIDES MEIRA DE VASCONCELOS, EM FRENTE A CASA DO SR. ALCIDES VALDEVINO DE MARIA, PRÓXIMO AO MERCADINHO DE MONTEIRO.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/221/requerimento_41-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/221/requerimento_41-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA DE EDUCAÇÃO DESTE MUNICÍPIO, PARA QUE SEJA ADQUIRIDO ARQUIVOS, MESAS E CADEIRAS ESCOLARES PARA TODA A REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/222/requerimento_42-2023_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/222/requerimento_42-2023_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA UMA REFORMA NA PASSAGEM MOLHADA DE ZEZINHO PRÉA.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/223/requerimento_43-2023_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/223/requerimento_43-2023_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PRESIDENTE DESTA CASA LEGISLATIVA, PARA QUE CONSTRUA UM AUDITÓRIO NA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Arnoud Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/224/requerimento_44-2023_-_arnoud_cordeiro.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/224/requerimento_44-2023_-_arnoud_cordeiro.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA PAVIMENTAR OS CANTEIROS E AUMENTAR O MURO DA ESCOLA MARILDES DO SOCORRO.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_45-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_45-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE DISPONIBILIZE SACOS DE SILAGEM PARA OS PEQUENOS PRODUTORES RURAIS DO NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_46-2023_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_46-2023_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE SEJA CRIADA UMA TURMA DE ZUMBA NA COMUNIDADE DE TANQUINHOS.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_47-2023_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_47-2023_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA IMPLANTAÇÃO DA “PISTA DO GRAU” EM ESPAÇO PÚBLICO APTO PARA A REALIZAÇÃO DAS MANOBRAS DE MOTOCICLETAS, NOS FINAIS DE SEMANA.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>LICENÇA MÉDICA VEREADOR GURIATAN FERREIRA DANTAS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_48-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_48-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE INFRAESTRUTURA E AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE SEJA TOMADA AS PROVIDÊNCIAS PARA REMOÇÃO DA CAIXA D’ÁGUA DO HOTEL.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_48-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_48-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_48-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_48-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_48-2023_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_48-2023_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/218/proposta_de_emenda_a_lei_organica_01_2023.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/218/proposta_de_emenda_a_lei_organica_01_2023.pdf</t>
   </si>
   <si>
     <t>Insere e altera dispositivos à Lei Orgânica do Município com o objetivo de adequar o Regime Próprio de Previdência Social do Município de Pedra Lavrada às regras impostas pela Emenda Constitucional nº 103, de 12 de novembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/248/mocao_de_aplauso_002-2023.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/248/mocao_de_aplauso_002-2023.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1653,68 +1653,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_complementar_01_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/119/projeto_de_lei_001_2023_reajuste_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_002_2023_revisao_anual_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_lei_003_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_lei_004_2023_3.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_005_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_lei_006_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_007_denomina_logradouro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/160/projeto_de_lei_008_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_lei_009_2023_credito_adicional_mercado_publico.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/162/projeto_de_lei_010_reajuste_sm_mp_1.172.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_011_2023_instituto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_012_instituto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_013_altera_redacao_e_da_ementa_a_lei_municipal_no_068_de_04_de_julho_de_2011_cria_o_fundo_municipal_dos_direitos_do_idoso_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_lei_014_2023_altera_a_lei_047_2009_e_implanta_1_6_de_ferias_ao_magisterio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_015_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_016_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_lei_017_2023_abertura_de_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_lei_018_abertura_de_credito_adicional_especial_paulo_ricardo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_019-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_020-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/185/projeto_de_lei_021-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/190/projeto_de_lei_022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/191/projeto_de_lei_no_023_altera_dispositivo_da_lei_304_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_no_024_credito_adicional_especial_ao_orcamento_a_social_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/193/projeto_de_lei_no_025_2023_credito_adicional_especial_ao_orcamento_cultura_c_futebol_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_no_026_credito_adicional_especial_ao_orcamento_2023_a_social.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_027_2023_loa_2024_2.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_028_2023_altera_dispositivo_da_lei_no_228_de_09_de_julho_de_2019_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_029_2023_regentes_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/216/projeto_de_lei_030_2023_desafetacao_e_respectiva_baixa_de_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/227/projeto_de_lei_031_2023_abertura_de_credito_especial_ao_orcamento_saude.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_lei_032_2023_politica_mun_de_saneamento_basico_e_aprovacao_do_pmsb.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_033_2023_dispoe_sobre_autorizacao_para_cessao_de_uso_de_predios_publicos_para_particulares_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_034_2023_dispoe_sobre_a_abertura_de_credito_adicional_especial_ao_orcamento_do_municipio_de_pedra_lavrada_exercicio_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_035_2023_abertura_de_credito_especial_ao_orcamento_2023_diversos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_036_2023_autoriza_o_remanejamento_transposicao_e_transferencia_de_recursos_de_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/242/projeto_de_lei_037_2023_dispoe_sobre_autorizacao_para_remanejar_dotacoes_orcamentarias_no_orcamento_vigente_e_da_outras_providencias_e_abertura_de_credito_especial_camara.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_no_001_legislativo_-_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_no_002-2023_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_lei_no03-2023_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_lei_no04-2023_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_no05-2023_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_lei_no06-2023_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/146/projeto_de_lei_no07-2023_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/166/pedra_lavrada_-_lei_008-2023_autoria_legislativo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/207/pl_009-2023_-_doacao_de_bens.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/239/pl_011-2023_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_01-2023_-_gilson_ferreira_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/156/projeto_02-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_03-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_04-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_05-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/195/projeto_06-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_07-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_08-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_09-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/225/decreto_legislativo_no_010-2023_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_11-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_12-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_13-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_14-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_15-2023_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_resolucao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/127/requerimento_01-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_02-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/130/requerimento_03-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_04-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/134/requerimento_05-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_06-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_07-2023_-_guriatan_ferreira.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_08-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_09-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_10-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_11-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_12-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/150/requerimento_13-2023_-_joao_marconi.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_14-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_15-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_16-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_17-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/158/requerimento_18-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_19-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/167/requerimento_20-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/168/requerimento_21-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_22-2023_-_joao_marconi.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/177/requerimento_23-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_24-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_25-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_26-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_27-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/187/requerimento_28-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_29-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_30-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/198/requerimento_31-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/199/requerimento_32-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_33-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/201/requerimento_34-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/202/requerimento_35-2023_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/203/requerimento_36-2023_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/208/requerimento_37-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/209/requerimento_38-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/213/requerimento_39-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/220/requerimento_40-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/221/requerimento_41-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/222/requerimento_42-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/223/requerimento_43-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/224/requerimento_44-2023_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_45-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_46-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_47-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_48-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_48-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_48-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_48-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/218/proposta_de_emenda_a_lei_organica_01_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/248/mocao_de_aplauso_002-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_complementar_01_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/119/projeto_de_lei_001_2023_reajuste_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/121/projeto_de_lei_002_2023_revisao_anual_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/125/projeto_de_lei_003_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/126/projeto_de_lei_004_2023_3.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_lei_005_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/143/projeto_de_lei_006_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/144/projeto_de_lei_007_denomina_logradouro.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/160/projeto_de_lei_008_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_lei_009_2023_credito_adicional_mercado_publico.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/162/projeto_de_lei_010_reajuste_sm_mp_1.172.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/163/projeto_de_lei_011_2023_instituto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/164/projeto_de_lei_012_instituto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/169/projeto_de_lei_013_altera_redacao_e_da_ementa_a_lei_municipal_no_068_de_04_de_julho_de_2011_cria_o_fundo_municipal_dos_direitos_do_idoso_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/173/projeto_de_lei_014_2023_altera_a_lei_047_2009_e_implanta_1_6_de_ferias_ao_magisterio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/175/projeto_de_lei_015_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/176/projeto_de_lei_016_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/181/projeto_de_lei_017_2023_abertura_de_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/182/projeto_de_lei_018_abertura_de_credito_adicional_especial_paulo_ricardo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/183/projeto_de_lei_019-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/184/projeto_de_lei_020-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/185/projeto_de_lei_021-2023_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/190/projeto_de_lei_022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/191/projeto_de_lei_no_023_altera_dispositivo_da_lei_304_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/192/projeto_de_lei_no_024_credito_adicional_especial_ao_orcamento_a_social_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/193/projeto_de_lei_no_025_2023_credito_adicional_especial_ao_orcamento_cultura_c_futebol_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_no_026_credito_adicional_especial_ao_orcamento_2023_a_social.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_027_2023_loa_2024_2.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/214/projeto_de_lei_028_2023_altera_dispositivo_da_lei_no_228_de_09_de_julho_de_2019_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/215/projeto_de_lei_029_2023_regentes_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/216/projeto_de_lei_030_2023_desafetacao_e_respectiva_baixa_de_bens_inserviveis.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/227/projeto_de_lei_031_2023_abertura_de_credito_especial_ao_orcamento_saude.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_lei_032_2023_politica_mun_de_saneamento_basico_e_aprovacao_do_pmsb.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/237/projeto_de_lei_033_2023_dispoe_sobre_autorizacao_para_cessao_de_uso_de_predios_publicos_para_particulares_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/238/projeto_de_lei_034_2023_dispoe_sobre_a_abertura_de_credito_adicional_especial_ao_orcamento_do_municipio_de_pedra_lavrada_exercicio_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/240/projeto_de_lei_035_2023_abertura_de_credito_especial_ao_orcamento_2023_diversos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/241/projeto_de_lei_036_2023_autoriza_o_remanejamento_transposicao_e_transferencia_de_recursos_de_dotacao_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/242/projeto_de_lei_037_2023_dispoe_sobre_autorizacao_para_remanejar_dotacoes_orcamentarias_no_orcamento_vigente_e_da_outras_providencias_e_abertura_de_credito_especial_camara.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_no_001_legislativo_-_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/128/projeto_de_lei_no_002-2023_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_lei_no03-2023_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/137/projeto_de_lei_no04-2023_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/138/projeto_de_lei_no05-2023_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_lei_no06-2023_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/146/projeto_de_lei_no07-2023_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/166/pedra_lavrada_-_lei_008-2023_autoria_legislativo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/207/pl_009-2023_-_doacao_de_bens.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/217/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/239/pl_011-2023_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_01-2023_-_gilson_ferreira_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/156/projeto_02-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/170/projeto_03-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/171/projeto_04-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/172/projeto_05-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/195/projeto_06-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/196/projeto_07-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/197/projeto_08-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/219/projeto_09-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/225/decreto_legislativo_no_010-2023_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/229/projeto_11-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/233/projeto_12-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/234/projeto_13-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/235/projeto_14-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/236/projeto_15-2023_-_jose_junio.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/226/projeto_de_resolucao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/127/requerimento_01-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_02-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/130/requerimento_03-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/133/requerimento_04-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/134/requerimento_05-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_06-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_07-2023_-_guriatan_ferreira.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/141/requerimento_08-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/142/requerimento_09-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_10-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_11-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_12-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/150/requerimento_13-2023_-_joao_marconi.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/151/requerimento_14-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_15-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_16-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/157/requerimento_17-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/158/requerimento_18-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_19-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/167/requerimento_20-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/168/requerimento_21-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_22-2023_-_joao_marconi.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/177/requerimento_23-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_24-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_25-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_26-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_27-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/187/requerimento_28-2023_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_29-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_30-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/198/requerimento_31-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/199/requerimento_32-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_33-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/201/requerimento_34-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/202/requerimento_35-2023_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/203/requerimento_36-2023_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/208/requerimento_37-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/209/requerimento_38-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/213/requerimento_39-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/220/requerimento_40-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/221/requerimento_41-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/222/requerimento_42-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/223/requerimento_43-2023_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/224/requerimento_44-2023_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/230/requerimento_45-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_46-2023_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_47-2023_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_48-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_48-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_48-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_48-2023_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/218/proposta_de_emenda_a_lei_organica_01_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2023/248/mocao_de_aplauso_002-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="245.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="244.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>