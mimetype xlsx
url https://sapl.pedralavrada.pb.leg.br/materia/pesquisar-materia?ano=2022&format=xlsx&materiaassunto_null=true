--- v0 (2025-10-14)
+++ v1 (2026-03-07)
@@ -48,847 +48,847 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Projeto de Lei</t>
+    <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_no_0001_2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_no_0001_2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A REVISÃO GERAL ANUAL DAS REMUNERAÇÕES E SUBSÍDIOS DOS SERVIDORES PÚBLICOS INTEGRANTES DO QUADRO DE PESSOAL DO PODER EXECUTIVO E O REAJUSTE DOS BENEFÍCIOS PREVIDENCIÁRIOS CONCEDIDOS PELO SPSMPL DE PEDRA LAVRADA, E ADOTA OUTRAS PROVIDÊNCIAS (CARÁTER DE URGÊNCIA)</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_municipal_no_002_2022_magisterio.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_municipal_no_002_2022_magisterio.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE SALARIAL ÀS CATEGORIAS FUNCIONAIS DO MAGISTÉRIO MUNICIPAL E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_no_0003_2022_vvat_tramitacao.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_no_0003_2022_vvat_tramitacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial ao Orçamento do Município de PEDRA LAVRADA exercício de 2022, e dá outras Providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_no_0004_2022_programa_previne_brasil_tamitacao.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_no_0004_2022_programa_previne_brasil_tamitacao.pdf</t>
   </si>
   <si>
     <t>Dispõe: “Revoga a Lei 0148/2014 e institui no Município de PEDRA LAVRADA – PB, o novo Programa Previne Brasil – Pagamento por Desempenho (Programa Previne Brasil), previstos nas Portarias Nº 2.979, de 12 de novembro de 2019 e Nº 3.222, de 10 de dezembro de 2019, do Ministério da Saúde e, dá outras providências.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_0005_2022_cessao_de_uso_mercado_publico_tramitacao.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_0005_2022_cessao_de_uso_mercado_publico_tramitacao.pdf</t>
   </si>
   <si>
     <t>O PREFEITO DO MUNICIPIO DE PEDRA LAVRADA, Estado da Paraíba, no uso de suas atribuições legais, Leis Municipais nº 182 de 28 de novembro de 2016 e 237 de 23 de dezembro de 2019, põe à apreciação do Poder Legislativo Municipal o seguinte Projeto de Lei:</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_no_0006_2022_institui_a_planta_generica_de_valores.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_no_0006_2022_institui_a_planta_generica_de_valores.pdf</t>
   </si>
   <si>
     <t>Institui a Planta Genérica de Valores e define critérios para a apuração do valor venal dos imóveis sujeitos à incidência do Imposto Sobre a Propriedade Predial e Territorial Urbana (IPTU) deste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_007_diario_oficial_famup.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_007_diario_oficial_famup.pdf</t>
   </si>
   <si>
     <t>Adota o Diário Oficial dos Municípios do Estado da Paraíba, instituído e administrado pela FAMUP, como meio oficial de comunicação dos atos normativos e administrativos do Município de Pedra Lavrada PB.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_de_lei_08_2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_de_lei_08_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial ao Orçamento do Município de Pedra Lavrada exercício de 2022, e dá outras Providências.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_no_0009_2022_abertura_de_credito_especial_adicional_ao_orcamento_a_social.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_no_0009_2022_abertura_de_credito_especial_adicional_ao_orcamento_a_social.pdf</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/62/projeto_de_lei_no_010-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/62/projeto_de_lei_no_010-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 0276, de 14 de dezembro de 2021, norma que dispõe sobre os valores, alíquotas e isenções concernentes aos tributos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_lei_no_0011_2022_abertura_de_credito_especial_creche_zona_urbana.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_lei_no_0011_2022_abertura_de_credito_especial_creche_zona_urbana.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICIPIO DE PEDRA LAVRADA EXERCICIO DE 2022 DE DÁ OUTRAS PROVIDÊNCIAS ( CARACTER DE URGÊNCIA).</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_012-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_012-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_013-2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_013-2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Cria o programa criança feliz em âmbito municipal e os cargos necessários ao seu funcionamento.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_lei_no_014-2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_lei_no_014-2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial ao Orçamento do Munícipio de Pedra Lavrada exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_lei_no_0015_2022_denomina_logradouro_publico_m_publico.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_lei_no_0015_2022_denomina_logradouro_publico_m_publico.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: DENOMINA LOGRADOURO PÚBLICO E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_lei_no_0016_denomina_logradouro_publico_creche_zona_urbana.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_lei_no_0016_denomina_logradouro_publico_creche_zona_urbana.pdf</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_lei_no_0017_altera_dispositivo_da_lei_105_2013.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_lei_no_0017_altera_dispositivo_da_lei_105_2013.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 105, de 08 de março de 2013, norma que dispõe sobre: CONTRATAÇÃO POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX, DO ART. 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_no_0018_reajuste_dos_acs_e_ace_tamitacao.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_no_0018_reajuste_dos_acs_e_ace_tamitacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do piso nacional profissional dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias e dá outras _x000D_
 providências seguindo as diretrizes da Emenda Constitucional nº 120, de 05 de maio de 2022.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_no_0019_abertura_de_credito_adicional_ao_orcamento_tramitacao.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_no_0019_abertura_de_credito_adicional_ao_orcamento_tramitacao.pdf</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_no_0020_2022_altera_a_lei_0284_previne_brasil.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_no_0020_2022_altera_a_lei_0284_previne_brasil.pdf</t>
   </si>
   <si>
     <t>Dispõe: “Altera a Lei 0284/2022 e institui no Município de PEDRA LAVRADA – PB, o novo Programa Previne Brasil – Pagamento por Desempenho (Programa Previne Brasil), previstos nas Portarias Nº 2.979, de 12 de novembro de 2019 e Nº 3.222, de 10 de dezembro de 2019, do Ministério da Saúde e, dá outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_lei_no_0021_2022_autorizacao_de_cessao_de_uso.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_lei_no_0021_2022_autorizacao_de_cessao_de_uso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para cessão de uso de prédios públicos para particulares e dá outras Providências.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/83/projeto_de_lei_no_0022_abertura_de_credito_adicional_especial_ace_e_acs.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/83/projeto_de_lei_no_0022_abertura_de_credito_adicional_especial_ace_e_acs.pdf</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_no_0023_2022_concede_auxilio_tranporte_aos_ace_e_acs_tramitacao.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_no_0023_2022_concede_auxilio_tranporte_aos_ace_e_acs_tramitacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER AUXÍLIO TRANSPORTE PARA OS AGENTE COMUNITÁRIOS DE SAÚDE (ACS) e AGENTE DE COMBATE A ENDEMIAS (ACE).</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_no0024_2022_escolha_dos_diretores_escolares.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_no0024_2022_escolha_dos_diretores_escolares.pdf</t>
   </si>
   <si>
     <t>Regulamenta o processo de escolha e nomeação dos cargos de Direção Escolar e dá outras providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/92/projeto_de_lei_0025_ldo_2023.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/92/projeto_de_lei_0025_ldo_2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PEDRA LAVRADA, PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_no_0026_altera_o_anexo_da_lei_0295_2022_1.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_no_0026_altera_o_anexo_da_lei_0295_2022_1.pdf</t>
   </si>
   <si>
     <t>ALTERA AS DISPOSIÇÕES DO ANEXO ÚNICO DA LEI Nº 0295/2022 QUE INSTITUI O PROGRAMA CRIANÇA FELIZ E CRIAÇÃO DOS CARGOS NECESSÁRIOS.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_no_027-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_no_027-2022.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A REVISÃO DO PLANO PLURIANUAL 2022/2025, INSTITUIDO PELA LEI Nº 274/2021 DE 14 DE DEZEMBRO DE 2021.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_no_028-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_no_028-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS DA LEI Nº 0294/2022 QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTARIA PARA O EXERCICIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_no_029-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_no_029-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: ALTERA ART.5º, INCISO II DA LEI MUNICIPAL Nº 275, DE 14 DE DEZEMBRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a lei 0276, de 14 de dezembro de 2021, norma que dispõe sobre os valores, alíquotas e isenções concernentes aos tributos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>Secretaria Legislativa - SL</t>
-[...2 lines deleted...]
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/40/pl_001-2022_reajuste_de_salarios_1.pdf</t>
+    <t>Secretaria Legislativa - SECLEG</t>
+  </si>
+  <si>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/40/pl_001-2022_reajuste_de_salarios_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ESTABELECER PISO SALARIAL DO QUADRO EFETIVO E COMISSIONADO DO PODER LEGISLATIVO DE PEDRA LAVRADA PARA O ANO DE 2022 E ADOTA OUTRAS PROVIDÊNCIAS (CARÁTER DE URGÊNCIA)</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Joilson Melo</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_no_02_-_jojo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_no_02_-_jojo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: Dispõe sobre a divulgação dos dados dos Conselhos Municipais na página oficial da Prefeitura e Câmara Municipal na internet, e das outras providências. ”</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_no_03_-_poder_legislativo.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_no_03_-_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Secretários Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Rossana Costa</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_lei_no_004-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_lei_no_004-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: Institui a campanha “Agosto Lilás”, dedicado à prevenção e conscientização pelo fim da violência contra a mulher no município de Pedra Lavrada/PBe dá outras providências</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_no_005-2022_-_rossana.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_no_005-2022_-_rossana.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUÍDA, NO ÂMBITO DO MUNICÍPIO DE PEDRA LAVRADA-PB, A “SEMANA MUNICIPAL DA JUVENTUDE” E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Gilson Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_no_006-2022_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_no_006-2022_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE RUA EMIDIO TARGINO, A TRAVESSIA DA QUADRA SOCIETY II, LOCALIZADA MARGENS DA RUA HOMERO JOSÉ, NA CIDADE DE PEDRA LAVRADA – PB</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_no_007-2022_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_no_007-2022_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE RUA SEVERINA BEZERRA DA LUZ DE AZEVEDO, A RUA PROJETADA I, QUE LIGA AS RUAS HOMERO JOSÉ E ADECIR EUNICE DE MACEDO, SAINDO DA HERONIDES MEIRA VASCONCELOS AO LADO DO SR. “PAETA”, NA CIDADE DE PEDRA LAVRADA – PB</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mariedgena Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_01-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_01-2022.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LAVRADENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_02-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_02-2022.pdf</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_03-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_03-2022.pdf</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_04-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_04-2022.pdf</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_05-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_05-2022.pdf</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_06-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_06-2022.pdf</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_07-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_07-2022.pdf</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_08-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_08-2022.pdf</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_09-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_09-2022.pdf</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_10-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_10-2022.pdf</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_11-2022.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_11-2022.pdf</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE EXECUTIVO DESSE MUNICIPIO O REFORÇO ESCOLAR NO MUNICIPIO.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/42/requerimento_001-2022_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/42/requerimento_001-2022_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, QUE REALIZE A CONSTRUÇÃO DE 5 (CINCO) PASSAGENS MOLHADAS NA ZONA RURAL.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/49/requerimento_02-2022_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/49/requerimento_02-2022_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, QUE REALIZE UMA REFORMA NO GINÁSIO ANTÔNIO CORDEIRO NETO, E TAMBÉM QUE SE COLOQUE UM ZELADOR A DISPOSIÇÃO DO MESMO.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento_003-2022_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento_003-2022_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA A NOMEAÇÃO DA CRECHE QUE IRÁ SER CONSTRUÍDA DE PROFESSOR JOSÉ TALVACI DE LIMA.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_04-2022_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_04-2022_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO E A SECRETARIA MUNICIPAL DE EDUCAÇÃO, PARA QUE INSTALE VENTILADORES PARA SALAS DE AULA E AFINS.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_05-2022_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_05-2022_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA FINALIZAR A OBRA DOS BANHEIROS PERTENCENTES AO PRÉDIO DO CENTRO DE ESPECIALIZAÇÃO ODONTOLÓGICA - CEO.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Andrezza Dantas</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/54/requerimento_06_-2022_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/54/requerimento_06_-2022_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>Requer a edição de Lei Ordinária por parte do poder Executivo que Cria Conselho Municipal dos Direitos da Mulher.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Marconi Buriti</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/56/requerimento_07_-2022_-_marconi_buriti.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/56/requerimento_07_-2022_-_marconi_buriti.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A REFORMA DA UBS DINA DE AZEVEDO MELO, E A CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO SÍTIO GAMELEIRA</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_08_-2022_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_08_-2022_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, QUE CONSIGA UMA EMENDA PARLAMENTAR PARA A AQUISIÇÃO DE 3 VEÍCULOS PARA OS PSF DO NOSSO MUNÍCIPIO.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/60/requerimento_09_-2022_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/60/requerimento_09_-2022_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CONSTRUÇÃO DE UMA PASSAGEM MOLHADA NO RIACHO DA SUDENE, SITIO CISPLATINA.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/61/requerimento_10-2022_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/61/requerimento_10-2022_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO. SR. DEPUTADO FEDERAL EFRAIM DE ARAÚJO MORAIS FILHO, EMENDA PARLAMENTAR PARA PAVIMENTAÇÃO DE 250M NAS COMUNIDADE MALHADA DA BEZERRA E CABEÇA DE VACA, ZONA RURAL DO NOSSO MUNICIPIO.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Weverton Marques</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_11-2022_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_11-2022_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA FAZER UMA LIMPEZA NO CEMITÉRIO SANTO ESPEDITO.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/65/requerimento_12_-2022_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/65/requerimento_12_-2022_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO. SR. DEPUTADO ESTADUAL RUBENS GERMANO COSTA, DOIS REDUTORES DE VELOCIDADE NO TREVO QUE LIGA AS COMUNIDADES SERROTE A CUMARU, ZONA RURAL DO NOSSO MUNÍCIPIO.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento_13_-2022_-_mariedgena_oliveira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento_13_-2022_-_mariedgena_oliveira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CONSTRUÇÃO DE UM AUDITÓRIO E UMA QUADRA ESPORTIVA, PARA A ESCOLA MARILDES.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_14_-2022_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_14_-2022_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA A NOMEAÇÃO DA ESCOLA QUE ESTÁ SENDO CONSTRUÍDA EM QUISSERENGUE, DE CAROLINY DE FRANÇA RAMOS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_15_-2022_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_15_-2022_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETÁRIA DE EDUCAÇÃO DESTE MUNICÍPIO, PARA QUE FAÇA A INSTALAÇÃO DE 1 (UM) LABORATÓRIO DE INFORMÁTICA NA ESCOLA RITA SAMPAIO.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_16_-2022_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_16_-2022_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE ASSISTÊNCIA SOCIAL, TRABALHO, CIDADANIA E HABITAÇÃO DESTE MUNICÍPIO, QUE OFERTE CURSOS PROFISSIONALIZANTES PARA OS JOVENS MORADORES DA ZONA RURAL.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_17_-2022_-_marconi_buriti.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_17_-2022_-_marconi_buriti.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, SEÇÃO DE USO NOS TERMOS DA LEI Nº 0182/2016 DE 28 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_18_-2022_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_18_-2022_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE INSTALE CÂMERAS DE SEGURANÇA EM TODAS AS ESCOLAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Guriatan Dantas</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/84/requerimento_guri_.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/84/requerimento_guri_.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 001/2022.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/85/requerimento_20-2022_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/85/requerimento_20-2022_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CONTRATAÇÃO DE UM MÉDICO PEDIATRA.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/89/requerimento_21-2022_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/89/requerimento_21-2022_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE FAÇA A PAVIMENTAÇÃO DE UMA ESTRADA VICINAL NA ZONA RURAL DE CISPLATINA.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_22-2022_-_weverton_marques.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_22-2022_-_weverton_marques.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA FAZER SERVIÇO DE LIMPEZA E ESCAVAÇÃO DO AÇUDE DA MALIÇA.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_23-2022_-_andrezza_dantas.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_23-2022_-_andrezza_dantas.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE ASSISTÊNCIA SOCIAL, TRABALHO, CIDADANIA E HABITAÇÃO DESTE MUNICÍPIO, QUE SEJA CRIADO UM CENTRO DE CONVIVÊNCIA E FORTALECIMENTO DE VÍNCULOS NA COMUNIDADE DE CANOA DE DENTRO.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Arnoud Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_24-2022_-_arnoud_cordeiro.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_24-2022_-_arnoud_cordeiro.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE SE COLOQUE LIXEIRAS DE COLETA SELETIVA EM ALGUNS PONTOS DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_25-2022_-_joilson_rocha.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_25-2022_-_joilson_rocha.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE O MESMO ADOTE PROVIDÊNCIAS NO SENTIDO DE REALIZAR A COLETA E DESTINAÇÃO DO LIXO NO DISTRITO DE CUMARU.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_26-2022_-_arnoud_cordeiro.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_26-2022_-_arnoud_cordeiro.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, PARA QUE CONSTRUA UM GINÁSIO POLIESPORTIVO NA ESCOLA MARILDES CORDEIRO.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_27-2022_-_gilson_ferreira.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_27-2022_-_gilson_ferreira.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, A CONSTRUÇÃO DE TACHAS (REDUTORES DE VELOCIDADE) NAS PRINCIPAIS VIAS ASFALTADAS, E QUEBRA MOLAS PARA AS DEMAIS RUAS NÃO ASFALTADAS DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_28_-_2022_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_28_-_2022_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>REQUER A EDIÇÃO DE LEI ORDINÁRIA POR PARTE DO PODER EXECUTIVO QUE INSTITUI A POLÍTICAMUNICIPAL DO CONTROLE DE NATALIDADE DE CÃES E GATOS E DÁ OUTRAS PROVIDÊNCIAIS.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_29_-_2022_-_rossana_costa.pdf</t>
+    <t>http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_29_-_2022_-_rossana_costa.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO DESTE MUNICÍPIO, REALIZAÇÃO DE TREINAMENTOS EM PRIMEIROS SOCORROS A TODOS OS FUNCIONÁRIOS, PROFESSORES, MONITORES E ALUNOS, DE CRECHES E ESCOLAS DA REDE PÚBLICA DO MUNICÍPIO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1195,68 +1195,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_no_0001_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_municipal_no_002_2022_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_no_0003_2022_vvat_tramitacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_no_0004_2022_programa_previne_brasil_tamitacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_0005_2022_cessao_de_uso_mercado_publico_tramitacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_no_0006_2022_institui_a_planta_generica_de_valores.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_007_diario_oficial_famup.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_de_lei_08_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_no_0009_2022_abertura_de_credito_especial_adicional_ao_orcamento_a_social.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/62/projeto_de_lei_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_lei_no_0011_2022_abertura_de_credito_especial_creche_zona_urbana.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_012-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_013-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_lei_no_014-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_lei_no_0015_2022_denomina_logradouro_publico_m_publico.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_lei_no_0016_denomina_logradouro_publico_creche_zona_urbana.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_lei_no_0017_altera_dispositivo_da_lei_105_2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_no_0018_reajuste_dos_acs_e_ace_tamitacao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_no_0019_abertura_de_credito_adicional_ao_orcamento_tramitacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_no_0020_2022_altera_a_lei_0284_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_lei_no_0021_2022_autorizacao_de_cessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/83/projeto_de_lei_no_0022_abertura_de_credito_adicional_especial_ace_e_acs.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_no_0023_2022_concede_auxilio_tranporte_aos_ace_e_acs_tramitacao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_no0024_2022_escolha_dos_diretores_escolares.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/92/projeto_de_lei_0025_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_no_0026_altera_o_anexo_da_lei_0295_2022_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_no_027-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/40/pl_001-2022_reajuste_de_salarios_1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_no_02_-_jojo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_no_03_-_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_lei_no_004-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_no_005-2022_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_no_006-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_no_007-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_01-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_02-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_03-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_04-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_05-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_06-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_07-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_08-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_09-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_10-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_11-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/42/requerimento_001-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/49/requerimento_02-2022_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento_003-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_04-2022_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_05-2022_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/54/requerimento_06_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/56/requerimento_07_-2022_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_08_-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/60/requerimento_09_-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/61/requerimento_10-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_11-2022_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/65/requerimento_12_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento_13_-2022_-_mariedgena_oliveira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_14_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_15_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_16_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_17_-2022_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_18_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/84/requerimento_guri_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/85/requerimento_20-2022_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/89/requerimento_21-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_22-2022_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_23-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_24-2022_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_25-2022_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_26-2022_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_27-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_28_-_2022_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_29_-_2022_-_rossana_costa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/39/projeto_de_lei_no_0001_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/41/projeto_de_lei_municipal_no_002_2022_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/43/projeto_de_lei_no_0003_2022_vvat_tramitacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/44/projeto_de_lei_no_0004_2022_programa_previne_brasil_tamitacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/45/projeto_de_lei_no_0005_2022_cessao_de_uso_mercado_publico_tramitacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/47/projeto_de_lei_no_0006_2022_institui_a_planta_generica_de_valores.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_no_007_diario_oficial_famup.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/55/projeto_de_lei_08_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/58/projeto_de_lei_no_0009_2022_abertura_de_credito_especial_adicional_ao_orcamento_a_social.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/62/projeto_de_lei_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_lei_no_0011_2022_abertura_de_credito_especial_creche_zona_urbana.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_012-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/67/projeto_de_lei_013-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_lei_no_014-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_lei_no_0015_2022_denomina_logradouro_publico_m_publico.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_lei_no_0016_denomina_logradouro_publico_creche_zona_urbana.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_lei_no_0017_altera_dispositivo_da_lei_105_2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_lei_no_0018_reajuste_dos_acs_e_ace_tamitacao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_lei_no_0019_abertura_de_credito_adicional_ao_orcamento_tramitacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_lei_no_0020_2022_altera_a_lei_0284_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_lei_no_0021_2022_autorizacao_de_cessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/83/projeto_de_lei_no_0022_abertura_de_credito_adicional_especial_ace_e_acs.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_lei_no_0023_2022_concede_auxilio_tranporte_aos_ace_e_acs_tramitacao.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_lei_no0024_2022_escolha_dos_diretores_escolares.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/92/projeto_de_lei_0025_ldo_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/98/projeto_de_lei_no_0026_altera_o_anexo_da_lei_0295_2022_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/100/projeto_de_lei_no_027-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/101/projeto_de_lei_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/102/projeto_de_lei_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/40/pl_001-2022_reajuste_de_salarios_1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/46/projeto_de_lei_no_02_-_jojo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/48/projeto_de_lei_no_03_-_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_lei_no_004-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_no_005-2022_-_rossana.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_no_006-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/93/projeto_de_lei_no_007-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/106/projeto_01-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/107/projeto_02-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/108/projeto_03-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/109/projeto_04-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/110/projeto_05-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/111/projeto_06-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/112/projeto_07-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/113/projeto_08-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/114/projeto_09-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/115/projeto_10-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/116/projeto_11-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/42/requerimento_001-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/49/requerimento_02-2022_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/51/requerimento_003-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/52/requerimento_04-2022_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/53/requerimento_05-2022_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/54/requerimento_06_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/56/requerimento_07_-2022_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/57/requerimento_08_-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/60/requerimento_09_-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/61/requerimento_10-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/64/requerimento_11-2022_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/65/requerimento_12_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/69/requerimento_13_-2022_-_mariedgena_oliveira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/70/requerimento_14_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/71/requerimento_15_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/72/requerimento_16_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/80/requerimento_17_-2022_-_marconi_buriti.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/81/requerimento_18_-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/84/requerimento_guri_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/85/requerimento_20-2022_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/89/requerimento_21-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/90/requerimento_22-2022_-_weverton_marques.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/94/requerimento_23-2022_-_andrezza_dantas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/95/requerimento_24-2022_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/96/requerimento_25-2022_-_joilson_rocha.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/97/requerimento_26-2022_-_arnoud_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/99/requerimento_27-2022_-_gilson_ferreira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/103/requerimento_28_-_2022_-_rossana_costa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedralavrada.pb.leg.br/media/sapl/public/materialegislativa/2022/105/requerimento_29_-_2022_-_rossana_costa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="23" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="162.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="27.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="161.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>